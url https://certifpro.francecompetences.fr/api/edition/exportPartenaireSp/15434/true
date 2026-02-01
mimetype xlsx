--- v0 (2025-12-07)
+++ v1 (2026-02-01)
@@ -7983,5989 +7983,5989 @@
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="1" t="inlineStr">
         <is>
           <t>CONCEPT FORMATION</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
           <t>88500653600019</t>
         </is>
       </c>
       <c r="C463" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>CONDORCET</t>
+          <t>CONFORTIUM</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>88967334900029</t>
+          <t>85194442100011</t>
         </is>
       </c>
       <c r="C464" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>CONFORTIUM</t>
+          <t>CONNECT LEARNING</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>85194442100011</t>
+          <t>90469485800013</t>
         </is>
       </c>
       <c r="C465" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>CONNECT LEARNING</t>
+          <t>CONSEIL ET FORMATION EN SECURITE &amp; ACCOMPAGNEMENT A L'EMPLOI</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>90469485800013</t>
+          <t>80089219200017</t>
         </is>
       </c>
       <c r="C466" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>CONSEIL ET FORMATION EN SECURITE &amp; ACCOMPAGNEMENT A L'EMPLOI</t>
+          <t>CONSEIL FORMATION IDF</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>80089219200017</t>
+          <t>91916010100011</t>
         </is>
       </c>
       <c r="C467" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>CONSEIL FORMATION IDF</t>
+          <t>CONSEILS WORLD</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>91916010100011</t>
+          <t>90251746500016</t>
         </is>
       </c>
       <c r="C468" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>CONSEILS WORLD</t>
+          <t>CONSILIUM2FORMATIONS</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>90251746500016</t>
+          <t>88942129300032</t>
         </is>
       </c>
       <c r="C469" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>CONSILIUM2FORMATIONS</t>
+          <t>CONSULTWAY</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>88942129300032</t>
+          <t>91233507200019</t>
         </is>
       </c>
       <c r="C470" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>CONSULTWAY</t>
+          <t>CONSYL</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>91233507200019</t>
+          <t>89800982400019</t>
         </is>
       </c>
       <c r="C471" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>CONSYL</t>
+          <t>COORDINATION TERRITORIALE DE LA LIGUE DE L'ENSEIGNEMENT NORD PAS DE CALAIS</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>89800982400019</t>
+          <t>32721883000039</t>
         </is>
       </c>
       <c r="C472" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>COORDINATION TERRITORIALE DE LA LIGUE DE L'ENSEIGNEMENT NORD PAS DE CALAIS</t>
+          <t>CP CONSULTING</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>32721883000039</t>
+          <t>43426348900040</t>
         </is>
       </c>
       <c r="C473" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>CP CONSULTING</t>
+          <t>CPF AVENIR</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>43426348900040</t>
+          <t>89279808300010</t>
         </is>
       </c>
       <c r="C474" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>CPF AVENIR</t>
+          <t>CPFC</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>89279808300010</t>
+          <t>89973194700011</t>
         </is>
       </c>
       <c r="C475" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>CPFC</t>
+          <t>CR CONSULTING</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>89973194700011</t>
+          <t>83015737600021</t>
         </is>
       </c>
       <c r="C476" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>CR CONSULTING</t>
+          <t>CR2 ACCESSIBILITE - HANDISOLUTIONS - RESEAU RSE</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>83015737600021</t>
+          <t>82478716200026</t>
         </is>
       </c>
       <c r="C477" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>CR2 ACCESSIBILITE - HANDISOLUTIONS - RESEAU RSE</t>
+          <t>CREA EDUC</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>82478716200026</t>
+          <t>91395036600017</t>
         </is>
       </c>
       <c r="C478" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>CREA EDUC</t>
+          <t>CREA LEAD</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>91395036600017</t>
+          <t>43807620000023</t>
         </is>
       </c>
       <c r="C479" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>CREA LEAD</t>
+          <t>CREABRAIN</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>43807620000023</t>
+          <t>91462546200017</t>
         </is>
       </c>
       <c r="C480" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>CREABRAIN</t>
+          <t>CS FORMACCOM</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>91462546200017</t>
+          <t>91151683900014</t>
         </is>
       </c>
       <c r="C481" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>CS FORMACCOM</t>
+          <t>CS SERVICES</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>91151683900014</t>
+          <t>88956634500019</t>
         </is>
       </c>
       <c r="C482" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>CS SERVICES</t>
+          <t>CTP MISSIONS</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>88956634500019</t>
+          <t>43413686700059</t>
         </is>
       </c>
       <c r="C483" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>CTP MISSIONS</t>
+          <t>CURLYZONE</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>43413686700059</t>
+          <t>82399532900013</t>
         </is>
       </c>
       <c r="C484" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>CURLYZONE</t>
+          <t>D &amp; CO FORMATION</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>82399532900013</t>
+          <t>90942134900012</t>
         </is>
       </c>
       <c r="C485" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>D &amp; CO FORMATION</t>
+          <t>D.Z. CONSEIL</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>90942134900012</t>
+          <t>87919246600016</t>
         </is>
       </c>
       <c r="C486" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>D.Z. CONSEIL</t>
+          <t>DA-TECH</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>87919246600016</t>
+          <t>91361302200015</t>
         </is>
       </c>
       <c r="C487" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>DA-TECH</t>
+          <t>DAF</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>91361302200015</t>
+          <t>91014574700010</t>
         </is>
       </c>
       <c r="C488" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>DAF</t>
+          <t>DAKOR FORMATION</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>91014574700010</t>
+          <t>80334912500028</t>
         </is>
       </c>
       <c r="C489" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>DAKOR FORMATION</t>
+          <t>DANE COMMUNICATION ET FORMATION</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>80334912500028</t>
+          <t>38440997500040</t>
         </is>
       </c>
       <c r="C490" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>DANE COMMUNICATION ET FORMATION</t>
+          <t>DATA FORMA</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>38440997500040</t>
+          <t>91509992300012</t>
         </is>
       </c>
       <c r="C491" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>DATA FORMA</t>
+          <t>DATA TECHNOLOGIES EUROPE COMMUNICATIONS SERVICES - D.E.C.S. - DATATECH</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>91509992300012</t>
+          <t>79841311800018</t>
         </is>
       </c>
       <c r="C492" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>DATA TECHNOLOGIES EUROPE COMMUNICATIONS SERVICES - D.E.C.S. - DATATECH</t>
+          <t>DAWAN</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>79841311800018</t>
+          <t>42998754800162</t>
         </is>
       </c>
       <c r="C493" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>DAWAN</t>
+          <t>DB CONSULTING</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>42998754800162</t>
+          <t>84865225100028</t>
         </is>
       </c>
       <c r="C494" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>DB CONSULTING</t>
+          <t>DECEO</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>84865225100028</t>
+          <t>88424030000019</t>
         </is>
       </c>
       <c r="C495" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>DECEO</t>
+          <t>DEFFORMA</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>88424030000019</t>
+          <t>90828624800038</t>
         </is>
       </c>
       <c r="C496" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>DEFFORMA</t>
+          <t>DEFI 83</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>90828624800038</t>
+          <t>38172504300032</t>
         </is>
       </c>
       <c r="C497" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>DEFI 83</t>
+          <t>DEKRA</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>38172504300032</t>
+          <t>91442904800012</t>
         </is>
       </c>
       <c r="C498" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>DEKRA</t>
+          <t>DELTA FORMA ET CONSEIL</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>91442904800012</t>
+          <t>91426165600013</t>
         </is>
       </c>
       <c r="C499" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>DELTA FORMA ET CONSEIL</t>
+          <t>DELTA FORMATIONS</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>91426165600013</t>
+          <t>82808271900018</t>
         </is>
       </c>
       <c r="C500" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>DELTA FORMATIONS</t>
+          <t>DEMARCHE CITOYENNE LA DIVERSITE S'AMUSE</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>82808271900018</t>
+          <t>79440957300019</t>
         </is>
       </c>
       <c r="C501" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>DEMARCHE CITOYENNE LA DIVERSITE S'AMUSE</t>
+          <t>DENTAL FORMATION</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>79440957300019</t>
+          <t>82306379700018</t>
         </is>
       </c>
       <c r="C502" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>DENTAL FORMATION</t>
+          <t>DERAI FORMATION</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>82306379700018</t>
+          <t>91046739800012</t>
         </is>
       </c>
       <c r="C503" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>DERAI FORMATION</t>
+          <t>DEVELOP'A OU</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>91046739800012</t>
+          <t>84853548000026</t>
         </is>
       </c>
       <c r="C504" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>DEVELOP'A OU</t>
+          <t>DEVELOPPEMENT DES RESSOURCES ET MOBILITES</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>84853548000026</t>
+          <t>53882599300032</t>
         </is>
       </c>
       <c r="C505" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>DEVELOPPEMENT DES RESSOURCES ET MOBILITES</t>
+          <t>DH FORMA</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>53882599300032</t>
+          <t>90029478600018</t>
         </is>
       </c>
       <c r="C506" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>DH FORMA</t>
+          <t>DIAMOND FORMATION</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>90029478600018</t>
+          <t>91363210500015</t>
         </is>
       </c>
       <c r="C507" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>DIAMOND FORMATION</t>
+          <t>DIGI AND COM</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>91363210500015</t>
+          <t>90046198900015</t>
         </is>
       </c>
       <c r="C508" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>DIGI AND COM</t>
+          <t>DIGICERTIF</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>90046198900015</t>
+          <t>90765644100017</t>
         </is>
       </c>
       <c r="C509" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>DIGICERTIF</t>
+          <t>DIGICOMPETENCES</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>90765644100017</t>
+          <t>89913776400010</t>
         </is>
       </c>
       <c r="C510" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>DIGICOMPETENCES</t>
+          <t>DIGINUMERIC</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>89913776400010</t>
+          <t>91315987700012</t>
         </is>
       </c>
       <c r="C511" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>DIGINUMERIC</t>
+          <t>DIGIT INSTITUT</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>91315987700012</t>
+          <t>89118005100015</t>
         </is>
       </c>
       <c r="C512" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>DIGIT INSTITUT</t>
+          <t>DIGITAFORMA</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>89118005100015</t>
+          <t>89324195000029</t>
         </is>
       </c>
       <c r="C513" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>DIGITAFORMA</t>
+          <t>DIGITAL TRAINER</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>89324195000029</t>
+          <t>84056706900025</t>
         </is>
       </c>
       <c r="C514" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>DIGITAL TRAINER</t>
+          <t>DIGITX FORMATION</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>84056706900025</t>
+          <t>90491962800027</t>
         </is>
       </c>
       <c r="C515" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>DIGITX FORMATION</t>
+          <t>DILAW FORMATION</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>90491962800027</t>
+          <t>90965182000013</t>
         </is>
       </c>
       <c r="C516" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>DILAW FORMATION</t>
+          <t>DIMENSIONPRO E-S-O</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>90965182000013</t>
+          <t>84167364300034</t>
         </is>
       </c>
       <c r="C517" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>DIMENSIONPRO E-S-O</t>
+          <t>DISPOSIT ACADEMIQ INSERTION FORMAT INGEN</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>84167364300034</t>
+          <t>18971016300032</t>
         </is>
       </c>
       <c r="C518" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>DISPOSIT ACADEMIQ INSERTION FORMAT INGEN</t>
+          <t>DISTRICOM FORMATION</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>18971016300032</t>
+          <t>75163954300048</t>
         </is>
       </c>
       <c r="C519" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>DISTRICOM FORMATION</t>
+          <t>DISTRIFORMATION</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>75163954300048</t>
+          <t>90241139600028</t>
         </is>
       </c>
       <c r="C520" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>DISTRIFORMATION</t>
+          <t>DM FORMATION</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>90241139600028</t>
+          <t>90483934700013</t>
         </is>
       </c>
       <c r="C521" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="1" t="inlineStr">
         <is>
           <t>DM FORMATION</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>90483934700013</t>
+          <t>91204116700012</t>
         </is>
       </c>
       <c r="C522" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>DM FORMATION</t>
+          <t>DMB ACADEMIE</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>91204116700012</t>
+          <t>92085653100016</t>
         </is>
       </c>
       <c r="C523" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>DMB ACADEMIE</t>
+          <t>DNS FORMATION</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>92085653100016</t>
+          <t>91040224700019</t>
         </is>
       </c>
       <c r="C524" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>DNS FORMATION</t>
+          <t>DOCERE FORMATIONS</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>91040224700019</t>
+          <t>79936824600010</t>
         </is>
       </c>
       <c r="C525" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>DOCERE FORMATIONS</t>
+          <t>DOS</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>79936824600010</t>
+          <t>88780490400019</t>
         </is>
       </c>
       <c r="C526" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>DOS</t>
+          <t>DOUBLE-K FORMATION</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>88780490400019</t>
+          <t>91046959200018</t>
         </is>
       </c>
       <c r="C527" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>DOUBLE-K FORMATION</t>
+          <t>DPA FORMATION</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>91046959200018</t>
+          <t>91434585500011</t>
         </is>
       </c>
       <c r="C528" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>DPA FORMATION</t>
+          <t>DREAM ACADEMY</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>91434585500011</t>
+          <t>89515340100024</t>
         </is>
       </c>
       <c r="C529" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>DREAM ACADEMY</t>
+          <t>DREAM FORMATION</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>89515340100024</t>
+          <t>83231096500013</t>
         </is>
       </c>
       <c r="C530" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="1" t="inlineStr">
         <is>
           <t>DREAM FORMATION</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>83231096500013</t>
+          <t>91460789000011</t>
         </is>
       </c>
       <c r="C531" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>DREAM FORMATION</t>
+          <t>DRY FORMATION</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>91460789000011</t>
+          <t>91152747100013</t>
         </is>
       </c>
       <c r="C532" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>DRY FORMATION</t>
+          <t>E-BUSINESS FORMATION</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>91152747100013</t>
+          <t>90888669000019</t>
         </is>
       </c>
       <c r="C533" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>E-BUSINESS FORMATION</t>
+          <t>E-COMPETENCES</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>90888669000019</t>
+          <t>89942042600012</t>
         </is>
       </c>
       <c r="C534" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>E-COMPETENCES</t>
+          <t>E-FORM</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>89942042600012</t>
+          <t>84930813500029</t>
         </is>
       </c>
       <c r="C535" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>E-FORM</t>
+          <t>E-FORMACTION</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>84930813500029</t>
+          <t>82366347100014</t>
         </is>
       </c>
       <c r="C536" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>E-FORMACTION</t>
+          <t>E-FORMAPLUS</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>82366347100014</t>
+          <t>90824967500012</t>
         </is>
       </c>
       <c r="C537" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>E-FORMAPLUS</t>
+          <t>E-FORMATIONSANSFRONTIERE</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>90824967500012</t>
+          <t>75378300000015</t>
         </is>
       </c>
       <c r="C538" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>E-FORMATIONSANSFRONTIERE</t>
+          <t>E-LEARNING FRANCE</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>75378300000015</t>
+          <t>91793949800023</t>
         </is>
       </c>
       <c r="C539" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>E-LEARNING FRANCE</t>
+          <t>E-ORGAFORM</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>91793949800023</t>
+          <t>91054173900025</t>
         </is>
       </c>
       <c r="C540" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>E-ORGAFORM</t>
+          <t>E-SANTE FRANCE</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>91054173900025</t>
+          <t>85072638100039</t>
         </is>
       </c>
       <c r="C541" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>E-SANTE FRANCE</t>
+          <t>E.A FORM ACTION</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>85072638100039</t>
+          <t>89751242200022</t>
         </is>
       </c>
       <c r="C542" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>E.A FORM ACTION</t>
+          <t>E.FORMA</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>89751242200022</t>
+          <t>53507476900014</t>
         </is>
       </c>
       <c r="C543" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>E.FORMA</t>
+          <t>E.T &amp; ASSOCIATES</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>53507476900014</t>
+          <t>88323679600024</t>
         </is>
       </c>
       <c r="C544" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>E.T &amp; ASSOCIATES</t>
+          <t>EASY COACH</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>88323679600024</t>
+          <t>90952182500010</t>
         </is>
       </c>
       <c r="C545" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>EASY COACH</t>
+          <t>EASY FORMATION</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>90952182500010</t>
+          <t>90917654700018</t>
         </is>
       </c>
       <c r="C546" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>EASY FORMATION</t>
+          <t>EASY LEARNING</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>90917654700018</t>
+          <t>90241679100017</t>
         </is>
       </c>
       <c r="C547" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>EASY LEARNING</t>
+          <t>EC0LE SUPERIEURE DU SUPPLY CHAIN MANAGEMENT</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>90241679100017</t>
+          <t>83283765200029</t>
         </is>
       </c>
       <c r="C548" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>EC0LE SUPERIEURE DU SUPPLY CHAIN MANAGEMENT</t>
+          <t>ECF ELITE CAMPUS FORMATION</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>83283765200029</t>
+          <t>90109307000018</t>
         </is>
       </c>
       <c r="C549" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>ECF ELITE CAMPUS FORMATION</t>
+          <t>ECLIPSE FORMATION</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>90109307000018</t>
+          <t>89919155500015</t>
         </is>
       </c>
       <c r="C550" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>ECLIPSE FORMATION</t>
+          <t>ECLIPSE ISTEC SAS</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>89919155500015</t>
+          <t>44215740000049</t>
         </is>
       </c>
       <c r="C551" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>ECLIPSE ISTEC SAS</t>
+          <t>ECLOSIA FORMATION</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>44215740000049</t>
+          <t>91867223900012</t>
         </is>
       </c>
       <c r="C552" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>ECLOSIA FORMATION</t>
+          <t>ECLOSON</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>91867223900012</t>
+          <t>88783287100016</t>
         </is>
       </c>
       <c r="C553" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>ECLOSON</t>
+          <t>ECOASSURANCE</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>88783287100016</t>
+          <t>89376000900033</t>
         </is>
       </c>
       <c r="C554" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>ECOASSURANCE</t>
+          <t>ECOFAC EVOLUTION</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>89376000900033</t>
+          <t>51869149800019</t>
         </is>
       </c>
       <c r="C555" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>ECOFAC EVOLUTION</t>
+          <t>ECOLE DE CONDUITE FRANCAISE COOPERATIVE D'EDUCATION ROUTIERE CENTRE ATLANTIQUE- E.C.F. CERCA</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>51869149800019</t>
+          <t>31237926601221</t>
         </is>
       </c>
       <c r="C556" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>ECOLE DE CONDUITE FRANCAISE COOPERATIVE D'EDUCATION ROUTIERE CENTRE ATLANTIQUE- E.C.F. CERCA</t>
+          <t>ECOLE FRANCAISE DE FORMATION</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>31237926601221</t>
+          <t>89879319500022</t>
         </is>
       </c>
       <c r="C557" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>ECOLE FRANCAISE DE FORMATION</t>
+          <t>ECOLE SUPERIEUR DES SERVICES</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>89879319500022</t>
+          <t>41811390800036</t>
         </is>
       </c>
       <c r="C558" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>ECOLE SUPERIEUR DES SERVICES</t>
+          <t>ECOLE SUPERIEURE SCE ENTREPRISES</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>41811390800036</t>
+          <t>41770807000061</t>
         </is>
       </c>
       <c r="C559" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>ECOLE SUPERIEURE SCE ENTREPRISES</t>
+          <t>ECOME FORMATION</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>41770807000061</t>
+          <t>79195744200019</t>
         </is>
       </c>
       <c r="C560" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>ECOME FORMATION</t>
+          <t>ECP FORMATIONS</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>79195744200019</t>
+          <t>85132638900018</t>
         </is>
       </c>
       <c r="C561" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>ECP FORMATIONS</t>
+          <t>ED2F</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>85132638900018</t>
+          <t>90315168600016</t>
         </is>
       </c>
       <c r="C562" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>ED2F</t>
+          <t>EDACOM</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>90315168600016</t>
+          <t>90765188900012</t>
         </is>
       </c>
       <c r="C563" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>EDACOM</t>
+          <t>EDISON FORMATION</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>90765188900012</t>
+          <t>90977007500010</t>
         </is>
       </c>
       <c r="C564" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>EDISON FORMATION</t>
+          <t>EDITINFO</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>90977007500010</t>
+          <t>44824689200047</t>
         </is>
       </c>
       <c r="C565" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>EDITINFO</t>
+          <t>EDUCALIVE</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>44824689200047</t>
+          <t>90208159500024</t>
         </is>
       </c>
       <c r="C566" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>EDUCALIVE</t>
+          <t>EDUCATION</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>90208159500024</t>
+          <t>92069805700014</t>
         </is>
       </c>
       <c r="C567" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>EDUCATION</t>
+          <t>EDUCATIONAL</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>92069805700014</t>
+          <t>90205802300018</t>
         </is>
       </c>
       <c r="C568" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>EDUCATIONAL</t>
+          <t>EDUCSUP</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>90205802300018</t>
+          <t>81097088900020</t>
         </is>
       </c>
       <c r="C569" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>EDUCSUP</t>
+          <t>EFD FORMATION</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>81097088900020</t>
+          <t>90876828600019</t>
         </is>
       </c>
       <c r="C570" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>EFD FORMATION</t>
+          <t>EFIAC</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>90876828600019</t>
+          <t>80533588200025</t>
         </is>
       </c>
       <c r="C571" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="572">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>EFIAC</t>
+          <t>EFP ACADEMIE</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>80533588200025</t>
+          <t>91397798900015</t>
         </is>
       </c>
       <c r="C572" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="573">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>EFP ACADEMIE</t>
+          <t>EKPA FRANCE</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>91397798900015</t>
+          <t>91323113000018</t>
         </is>
       </c>
       <c r="C573" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>EKPA FRANCE</t>
+          <t>ELAN FORMATION</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>91323113000018</t>
+          <t>39075824100041</t>
         </is>
       </c>
       <c r="C574" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>ELAN FORMATION</t>
+          <t>ELEARNCAPS</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>39075824100041</t>
+          <t>90073276900014</t>
         </is>
       </c>
       <c r="C575" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>ELEARNCAPS</t>
+          <t>ELEARNING FORMATION</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>90073276900014</t>
+          <t>90103120300010</t>
         </is>
       </c>
       <c r="C576" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>ELEARNING FORMATION</t>
+          <t>ELIKYA ACADEMY</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>90103120300010</t>
+          <t>88806133000013</t>
         </is>
       </c>
       <c r="C577" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>ELIKYA ACADEMY</t>
+          <t>ELITE CARE STUDIO</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>88806133000013</t>
+          <t>89853759200013</t>
         </is>
       </c>
       <c r="C578" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>ELITE CARE STUDIO</t>
+          <t>ELITE FORMATION</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>89853759200013</t>
+          <t>90321991300014</t>
         </is>
       </c>
       <c r="C579" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>ELITE FORMATION</t>
+          <t>ELITE FORMATIONS</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>90321991300014</t>
+          <t>90346363600014</t>
         </is>
       </c>
       <c r="C580" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="1" t="inlineStr">
         <is>
           <t>ELITE FORMATIONS</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>90346363600014</t>
+          <t>89201828400018</t>
         </is>
       </c>
       <c r="C581" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>ELITE FORMATIONS</t>
+          <t>ELITE-FORMATION</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>89201828400018</t>
+          <t>90301958600010</t>
         </is>
       </c>
       <c r="C582" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>ELITE-FORMATION</t>
+          <t>ELOCE</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>90301958600010</t>
+          <t>84338240900020</t>
         </is>
       </c>
       <c r="C583" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>ELOCE</t>
+          <t>ELYSEE FORMATIONS</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>84338240900020</t>
+          <t>91509620000018</t>
         </is>
       </c>
       <c r="C584" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>ELYSEE FORMATIONS</t>
+          <t>EMB FORMATION</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>91509620000018</t>
+          <t>50015802700036</t>
         </is>
       </c>
       <c r="C585" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="586">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>EMB FORMATION</t>
+          <t>EMMANUEL BADE</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>50015802700036</t>
+          <t>75147064200024</t>
         </is>
       </c>
       <c r="C586" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="587">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>EMMANUEL BADE</t>
+          <t>EMMENO - LE SUCCES EST LE FRUIT DE LA PERSEVERANCE</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>75147064200024</t>
+          <t>88430519400018</t>
         </is>
       </c>
       <c r="C587" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="588">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>EMMENO - LE SUCCES EST LE FRUIT DE LA PERSEVERANCE</t>
+          <t>EMPULSION</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>88430519400018</t>
+          <t>81873394100038</t>
         </is>
       </c>
       <c r="C588" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="589">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>EMPULSION</t>
+          <t>EMSAT (ECOLE DES METIERS DU SPORT, DE L'ANIMATION ET DU TOURISME)</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>81873394100038</t>
+          <t>53226832300047</t>
         </is>
       </c>
       <c r="C589" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>EMSAT (ECOLE DES METIERS DU SPORT, DE L'ANIMATION ET DU TOURISME)</t>
+          <t>ENERGY CONSULTING</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>53226832300047</t>
+          <t>90122932800017</t>
         </is>
       </c>
       <c r="C590" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="591">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>ENERGY CONSULTING</t>
+          <t>ENVOLL CONSEIL ET FORMATION</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>90122932800017</t>
+          <t>50522848600047</t>
         </is>
       </c>
       <c r="C591" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="592">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>ENVOLL CONSEIL ET FORMATION</t>
+          <t>EQUINOXE FORMATION</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>50522848600047</t>
+          <t>41159185200073</t>
         </is>
       </c>
       <c r="C592" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="593">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>EQUINOXE FORMATION</t>
+          <t>ERIC MATHIASIN</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>41159185200073</t>
+          <t>48433455200029</t>
         </is>
       </c>
       <c r="C593" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="594">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>ERIC MATHIASIN</t>
+          <t>ERIC POETE</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>48433455200029</t>
+          <t>91277046800011</t>
         </is>
       </c>
       <c r="C594" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="595">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>ERIC POETE</t>
+          <t>ERMES CONSULTING</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>91277046800011</t>
+          <t>53342177200021</t>
         </is>
       </c>
       <c r="C595" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="596">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>ERMES CONSULTING</t>
+          <t>ESN 428</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>53342177200021</t>
+          <t>89792639000013</t>
         </is>
       </c>
       <c r="C596" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="597">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>ESN 428</t>
+          <t>ESPACE FORMA</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>89792639000013</t>
+          <t>90488596900017</t>
         </is>
       </c>
       <c r="C597" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="598">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>ESPACE FORMA</t>
+          <t>ESPACE FORMATION CONSULTING</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>90488596900017</t>
+          <t>50953679300011</t>
         </is>
       </c>
       <c r="C598" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="599">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>ESPACE FORMATION CONSULTING</t>
+          <t>ESS-RH</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>50953679300011</t>
+          <t>84121449700023</t>
         </is>
       </c>
       <c r="C599" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="600">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>ESS-RH</t>
+          <t>ESSEKA</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>84121449700023</t>
+          <t>88927033600015</t>
         </is>
       </c>
       <c r="C600" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="601">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>ESSEKA</t>
+          <t>ESSENSYS FCOI</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>88927033600015</t>
+          <t>53331452200046</t>
         </is>
       </c>
       <c r="C601" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="602">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>ESSENSYS FCOI</t>
+          <t>ETHOS ACADEMY</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>53331452200046</t>
+          <t>81282647700026</t>
         </is>
       </c>
       <c r="C602" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="603">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>ETHOS ACADEMY</t>
+          <t>EURINFAC</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>81282647700026</t>
+          <t>33495901200041</t>
         </is>
       </c>
       <c r="C603" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="604">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>EURINFAC</t>
+          <t>EUROFORMATION - CONSULTANCE</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>33495901200041</t>
+          <t>38258699800017</t>
         </is>
       </c>
       <c r="C604" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="605">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>EUROFORMATION - CONSULTANCE</t>
+          <t>EVAFORMA</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>38258699800017</t>
+          <t>90892239600019</t>
         </is>
       </c>
       <c r="C605" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="606">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>EVAFORMA</t>
+          <t>EVEREN FORMATION</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>90892239600019</t>
+          <t>91333636800018</t>
         </is>
       </c>
       <c r="C606" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="607">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>EVEREN FORMATION</t>
+          <t>EVEREST FORMATION</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>91333636800018</t>
+          <t>91119153400013</t>
         </is>
       </c>
       <c r="C607" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="608">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>EVEREST FORMATION</t>
+          <t>EVO FORMA</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>91119153400013</t>
+          <t>90859831100011</t>
         </is>
       </c>
       <c r="C608" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="609">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>EVO FORMA</t>
+          <t>EVOCIME FORMATIONS COMPORTEMENTALES</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>90859831100011</t>
+          <t>31184296700177</t>
         </is>
       </c>
       <c r="C609" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="610">
       <c r="A610" s="1" t="inlineStr">
         <is>
           <t>EVOCIME FORMATIONS COMPORTEMENTALES</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>31184296700177</t>
+          <t>31184296700185</t>
         </is>
       </c>
       <c r="C610" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="611">
       <c r="A611" s="1" t="inlineStr">
         <is>
           <t>EVOCIME FORMATIONS COMPORTEMENTALES</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>31184296700185</t>
+          <t>31184296700193</t>
         </is>
       </c>
       <c r="C611" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="612">
       <c r="A612" s="1" t="inlineStr">
         <is>
           <t>EVOCIME FORMATIONS COMPORTEMENTALES</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>31184296700193</t>
+          <t>31184296700219</t>
         </is>
       </c>
       <c r="C612" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="613">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>EVOCIME FORMATIONS COMPORTEMENTALES</t>
+          <t>EVOLUGO</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>31184296700219</t>
+          <t>75038199800012</t>
         </is>
       </c>
       <c r="C613" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="614">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>EVOLUGO</t>
+          <t>EVOLUTION ET PERSPECTIVES</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>75038199800012</t>
+          <t>51317382300024</t>
         </is>
       </c>
       <c r="C614" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="615">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>EVOLUTION ET PERSPECTIVES</t>
+          <t>EVOLUTION FORMATION OCEAN INDIEN</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>51317382300024</t>
+          <t>87971308900024</t>
         </is>
       </c>
       <c r="C615" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="616">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>EVOLUTION FORMATION OCEAN INDIEN</t>
+          <t>EVOYA CONSEILS</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>87971308900024</t>
+          <t>88420142700033</t>
         </is>
       </c>
       <c r="C616" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="617">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>EVOYA CONSEILS</t>
+          <t>EXCELLENCE FORMATION</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>88420142700033</t>
+          <t>90848276300020</t>
         </is>
       </c>
       <c r="C617" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="618">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>EXCELLENCE FORMATION</t>
+          <t>EXCELLENCIA</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>90848276300020</t>
+          <t>89525770700011</t>
         </is>
       </c>
       <c r="C618" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="619">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>EXCELLENCIA</t>
+          <t>EXPERFORMA</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>89525770700011</t>
+          <t>91060706800012</t>
         </is>
       </c>
       <c r="C619" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="620">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>EXPERFORMA</t>
+          <t>EXPERT FORMATION</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>91060706800012</t>
+          <t>91183883700035</t>
         </is>
       </c>
       <c r="C620" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="621">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>EXPERT FORMATION</t>
+          <t>EXPERT FORMATIONS</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>91183883700035</t>
+          <t>90344380200017</t>
         </is>
       </c>
       <c r="C621" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="622">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>EXPERT FORMATIONS</t>
+          <t>EXPERT TECK</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>90344380200017</t>
+          <t>85271986300015</t>
         </is>
       </c>
       <c r="C622" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="623">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>EXPERT TECK</t>
+          <t>EXPERTAIDE</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>85271986300015</t>
+          <t>84879068900014</t>
         </is>
       </c>
       <c r="C623" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="624">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>EXPERTAIDE</t>
+          <t>EXPERTISE AUDIT ET CONSEILS</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>84879068900014</t>
+          <t>79805261900011</t>
         </is>
       </c>
       <c r="C624" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="625">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>EXPERTISE AUDIT ET CONSEILS</t>
+          <t>EXTERNALIA</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>79805261900011</t>
+          <t>90341348200014</t>
         </is>
       </c>
       <c r="C625" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="626">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>EXTERNALIA</t>
+          <t>EXTRAFORMA</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>90341348200014</t>
+          <t>90445388300012</t>
         </is>
       </c>
       <c r="C626" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="627">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>EXTRAFORMA</t>
+          <t>EYA CLASSROOM</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>90445388300012</t>
+          <t>91338829400013</t>
         </is>
       </c>
       <c r="C627" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="628">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>EYA CLASSROOM</t>
+          <t>Emeline SAUTREAU (GUISNET) (SAUTREAU ACADEMY)</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>91338829400013</t>
+          <t>51323950900054</t>
         </is>
       </c>
       <c r="C628" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="629">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>Emeline SAUTREAU (GUISNET) (SAUTREAU ACADEMY)</t>
+          <t>F&amp;C CONSEIL</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>51323950900054</t>
+          <t>90998195300021</t>
         </is>
       </c>
       <c r="C629" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="630">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>F&amp;C CONSEIL</t>
+          <t>F.M.I</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>90998195300021</t>
+          <t>78983282100035</t>
         </is>
       </c>
       <c r="C630" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="631">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>F.M.I</t>
+          <t>F4S FORMATION</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>78983282100035</t>
+          <t>53480833200025</t>
         </is>
       </c>
       <c r="C631" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="632">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>F4S FORMATION</t>
+          <t>FAC ACADEMY</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>53480833200025</t>
+          <t>82294810500025</t>
         </is>
       </c>
       <c r="C632" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="633">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>FAC ACADEMY</t>
+          <t>FADD FORMATION</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>82294810500025</t>
+          <t>91126315000011</t>
         </is>
       </c>
       <c r="C633" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="634">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>FADD FORMATION</t>
+          <t>FAE FORMATION</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>91126315000011</t>
+          <t>89297836200010</t>
         </is>
       </c>
       <c r="C634" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="635">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>FAE FORMATION</t>
+          <t>FAIS NOUS REVER L'AGENCE POUR L'EDUCATION PAR LE SPORT</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>89297836200010</t>
+          <t>41065947800078</t>
         </is>
       </c>
       <c r="C635" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="636">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>FAIS NOUS REVER L'AGENCE POUR L'EDUCATION PAR LE SPORT</t>
+          <t>FALCON ACADEMY</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>41065947800078</t>
+          <t>91453582800018</t>
         </is>
       </c>
       <c r="C636" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="637">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>FALCON ACADEMY</t>
+          <t>FAMIL RURAL EDUC ORIENTAT ROLLANCOU</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>91453582800018</t>
+          <t>30761630000017</t>
         </is>
       </c>
       <c r="C637" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="638">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>FAMIL RURAL EDUC ORIENTAT ROLLANCOU</t>
+          <t>FAMILLES RURALES FEDERATION REGIONALES DES PAYS DE LA LOIRE</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>30761630000017</t>
+          <t>32751175400043</t>
         </is>
       </c>
       <c r="C638" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="639">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>FAMILLES RURALES FEDERATION REGIONALES DES PAYS DE LA LOIRE</t>
+          <t>FAN</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>32751175400043</t>
+          <t>91912745600011</t>
         </is>
       </c>
       <c r="C639" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="640">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>FAN</t>
+          <t>FARAH KLICHE</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>91912745600011</t>
+          <t>89376234400016</t>
         </is>
       </c>
       <c r="C640" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="641">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>FARAH KLICHE</t>
+          <t>FAST ACADEMIE</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>89376234400016</t>
+          <t>91430825900011</t>
         </is>
       </c>
       <c r="C641" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="642">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>FAST ACADEMIE</t>
+          <t>FAST FORMA</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>91430825900011</t>
+          <t>91382321700017</t>
         </is>
       </c>
       <c r="C642" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="643">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>FAST FORMA</t>
+          <t>FATIMA WAABACH</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>91382321700017</t>
+          <t>80166091100026</t>
         </is>
       </c>
       <c r="C643" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="644">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>FATIMA WAABACH</t>
+          <t>FB TRAINING</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>80166091100026</t>
+          <t>90424991900013</t>
         </is>
       </c>
       <c r="C644" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="645">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>FB TRAINING</t>
+          <t>FCIA FORMATION</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>90424991900013</t>
+          <t>79025006200029</t>
         </is>
       </c>
       <c r="C645" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="646">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>FCIA FORMATION</t>
+          <t>FCS FORMATION</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>79025006200029</t>
+          <t>82524608500047</t>
         </is>
       </c>
       <c r="C646" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="647">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>FCS FORMATION</t>
+          <t>FD FORMATIONS</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>82524608500047</t>
+          <t>88910700900017</t>
         </is>
       </c>
       <c r="C647" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="648">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>FD FORMATIONS</t>
+          <t>FDNC</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>88910700900017</t>
+          <t>88931076900019</t>
         </is>
       </c>
       <c r="C648" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="649">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>FDNC</t>
+          <t>FDO CONSULT</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>88931076900019</t>
+          <t>91760458900015</t>
         </is>
       </c>
       <c r="C649" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="650">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>FDO CONSULT</t>
+          <t>FEIZ CONSULTING</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>91760458900015</t>
+          <t>90800847700014</t>
         </is>
       </c>
       <c r="C650" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="651">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>FEIZ CONSULTING</t>
+          <t>FF</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>90800847700014</t>
+          <t>90890909600012</t>
         </is>
       </c>
       <c r="C651" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="652">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>FF</t>
+          <t>FFC 21</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>90890909600012</t>
+          <t>91370984600012</t>
         </is>
       </c>
       <c r="C652" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="653">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>FFC 21</t>
+          <t>FICUS FORMATION</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>91370984600012</t>
+          <t>84431928500020</t>
         </is>
       </c>
       <c r="C653" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="654">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>FICUS FORMATION</t>
+          <t>FIF CONSEIL</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>84431928500020</t>
+          <t>79080053600043</t>
         </is>
       </c>
       <c r="C654" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="655">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>FIF CONSEIL</t>
+          <t>FIN&amp;TAUX</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>79080053600043</t>
+          <t>83915858100026</t>
         </is>
       </c>
       <c r="C655" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="656">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>FIN&amp;TAUX</t>
+          <t>FINANCE FIDUCIAL FORMATION</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>83915858100026</t>
+          <t>91842690900019</t>
         </is>
       </c>
       <c r="C656" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="657">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>FINANCE FIDUCIAL FORMATION</t>
+          <t>FINERGIA</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>91842690900019</t>
+          <t>90207217200015</t>
         </is>
       </c>
       <c r="C657" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="658">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>FINERGIA</t>
+          <t>FIRST CONSEILS</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>90207217200015</t>
+          <t>87868154300038</t>
         </is>
       </c>
       <c r="C658" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="659">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>FIRST CONSEILS</t>
+          <t>FIRST INSTITUT</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>87868154300038</t>
+          <t>90279948500013</t>
         </is>
       </c>
       <c r="C659" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="660">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>FIRST INSTITUT</t>
+          <t>FIVE FORMA</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>90279948500013</t>
+          <t>91391634200011</t>
         </is>
       </c>
       <c r="C660" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="661">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>FIVE FORMA</t>
+          <t>FIVE ORIGINAL ACADEMY</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>91391634200011</t>
+          <t>90261357900017</t>
         </is>
       </c>
       <c r="C661" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="662">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>FIVE ORIGINAL ACADEMY</t>
+          <t>FLEX INSTITUTE</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>90261357900017</t>
+          <t>89049702700015</t>
         </is>
       </c>
       <c r="C662" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="663">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>FLEX INSTITUTE</t>
+          <t>FLY FORMATION</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>89049702700015</t>
+          <t>90969298000024</t>
         </is>
       </c>
       <c r="C663" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="664">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>FLY FORMATION</t>
+          <t>FM CONSULTING AND CO</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>90969298000024</t>
+          <t>89936817900011</t>
         </is>
       </c>
       <c r="C664" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="665">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>FM CONSULTING AND CO</t>
+          <t>FMCFMI</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>89936817900011</t>
+          <t>81981404700018</t>
         </is>
       </c>
       <c r="C665" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="666">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>FMCFMI</t>
+          <t>FOCUS FORMATION</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>81981404700018</t>
+          <t>91424307600017</t>
         </is>
       </c>
       <c r="C666" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="667">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>FOCUS FORMATION</t>
+          <t>FOR MY BIZZ</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>91424307600017</t>
+          <t>90887446400013</t>
         </is>
       </c>
       <c r="C667" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="668">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>FOR MY BIZZ</t>
+          <t>FOR MY JOB</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>90887446400013</t>
+          <t>88975805800016</t>
         </is>
       </c>
       <c r="C668" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="669">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>FOR MY JOB</t>
+          <t>FORCE FORMAT COMPET EFFIC SAVOIR FAIRE</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>88975805800016</t>
+          <t>33986696400044</t>
         </is>
       </c>
       <c r="C669" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="670">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>FORCE FORMAT COMPET EFFIC SAVOIR FAIRE</t>
+          <t>FORE ENTREPRISE</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>33986696400044</t>
+          <t>44065706200020</t>
         </is>
       </c>
       <c r="C670" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="671">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>FORE ENTREPRISE</t>
+          <t>FORE MARTINIQUE</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>44065706200020</t>
+          <t>84462511100027</t>
         </is>
       </c>
       <c r="C671" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="672">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>FORE MARTINIQUE</t>
+          <t>FORGET FORMATION II</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>84462511100027</t>
+          <t>50943290200252</t>
         </is>
       </c>
       <c r="C672" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="673">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>FORGET FORMATION II</t>
+          <t>FORM HIGH TECH</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>50943290200252</t>
+          <t>45169029100021</t>
         </is>
       </c>
       <c r="C673" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="674">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>FORM HIGH TECH</t>
+          <t>FORM SUP</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>45169029100021</t>
+          <t>90217136200020</t>
         </is>
       </c>
       <c r="C674" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="675">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>FORM SUP</t>
+          <t>FORM'A DOM</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>90217136200020</t>
+          <t>91855970900012</t>
         </is>
       </c>
       <c r="C675" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="676">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>FORM'A DOM</t>
+          <t>FORM'A'SCAPE</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>91855970900012</t>
+          <t>90459089000011</t>
         </is>
       </c>
       <c r="C676" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="677">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>FORM'A'SCAPE</t>
+          <t>FORM'ACTION</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>90459089000011</t>
+          <t>90816806500013</t>
         </is>
       </c>
       <c r="C677" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="678">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>FORM'ACTION</t>
+          <t>FORM'ACTIVPRO</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>90816806500013</t>
+          <t>91011833000026</t>
         </is>
       </c>
       <c r="C678" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="679">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>FORM'ACTIVPRO</t>
+          <t>FORM'AVENIR+</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>91011833000026</t>
+          <t>91439622100014</t>
         </is>
       </c>
       <c r="C679" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="680">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>FORM'AVENIR+</t>
+          <t>FORM-AVENIR</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>91439622100014</t>
+          <t>90496824500012</t>
         </is>
       </c>
       <c r="C680" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="681">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>FORM-AVENIR</t>
+          <t>FORM-EVOLUTION</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>90496824500012</t>
+          <t>90300131100013</t>
         </is>
       </c>
       <c r="C681" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="682">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>FORM-EVOLUTION</t>
+          <t>FORM33S</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>90300131100013</t>
+          <t>91481786100018</t>
         </is>
       </c>
       <c r="C682" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="683">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>FORM33S</t>
+          <t>FORMA 75</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>91481786100018</t>
+          <t>91422685700011</t>
         </is>
       </c>
       <c r="C683" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="684">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>FORMA 75</t>
+          <t>FORMA ASSIST</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>91422685700011</t>
+          <t>90477184700012</t>
         </is>
       </c>
       <c r="C684" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="685">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>FORMA ASSIST</t>
+          <t>FORMA CONSEILS</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>90477184700012</t>
+          <t>90226165000029</t>
         </is>
       </c>
       <c r="C685" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="686">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>FORMA CONSEILS</t>
+          <t>FORMA FIRST</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>90226165000029</t>
+          <t>90745824400015</t>
         </is>
       </c>
       <c r="C686" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="687">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>FORMA FIRST</t>
+          <t>FORMA LEAN</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>90745824400015</t>
+          <t>85236263100016</t>
         </is>
       </c>
       <c r="C687" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="688">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>FORMA LEAN</t>
+          <t>FORMA LEARNING</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>85236263100016</t>
+          <t>91413148700011</t>
         </is>
       </c>
       <c r="C688" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="689">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>FORMA LEARNING</t>
+          <t>FORMA NETWORK</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>91413148700011</t>
+          <t>90993107300029</t>
         </is>
       </c>
       <c r="C689" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="690">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>FORMA NETWORK</t>
+          <t>FORMA PLAN</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>90993107300029</t>
+          <t>91835524900015</t>
         </is>
       </c>
       <c r="C690" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="691">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>FORMA PLAN</t>
+          <t>FORMA POUR TOUS</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>91835524900015</t>
+          <t>90389625600018</t>
         </is>
       </c>
       <c r="C691" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="692">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>FORMA POUR TOUS</t>
+          <t>FORMA PRO</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>90389625600018</t>
+          <t>91168030400019</t>
         </is>
       </c>
       <c r="C692" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="693">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>FORMA PRO</t>
+          <t>FORMA SHAFT</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>91168030400019</t>
+          <t>91150289600028</t>
         </is>
       </c>
       <c r="C693" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="694">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>FORMA SHAFT</t>
+          <t>FORMA SOLUTION</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>91150289600028</t>
+          <t>85289726300038</t>
         </is>
       </c>
       <c r="C694" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="695">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>FORMA SOLUTION</t>
+          <t>FORMA'CONNECT</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>85289726300038</t>
+          <t>91763788600016</t>
         </is>
       </c>
       <c r="C695" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="696">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>FORMA'CONNECT</t>
+          <t>FORMA'GO</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>91763788600016</t>
+          <t>89962769900015</t>
         </is>
       </c>
       <c r="C696" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="697">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>FORMA'GO</t>
+          <t>FORMA'GROUP</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>89962769900015</t>
+          <t>83367881600020</t>
         </is>
       </c>
       <c r="C697" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="698">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>FORMA'GROUP</t>
+          <t>FORMA'SCOOL</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>83367881600020</t>
+          <t>88017873600018</t>
         </is>
       </c>
       <c r="C698" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="699">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>FORMA'SCOOL</t>
+          <t>FORMA+ LP</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>88017873600018</t>
+          <t>91830036900017</t>
         </is>
       </c>
       <c r="C699" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="700">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>FORMA+ LP</t>
+          <t>FORMA-PREMIUM</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>91830036900017</t>
+          <t>89339043500012</t>
         </is>
       </c>
       <c r="C700" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="701">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>FORMA-PREMIUM</t>
+          <t>FORMABOX</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>89339043500012</t>
+          <t>90929995000016</t>
         </is>
       </c>
       <c r="C701" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="702">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>FORMABOX</t>
+          <t>FORMACADEMY</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>90929995000016</t>
+          <t>91451797400012</t>
         </is>
       </c>
       <c r="C702" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="703">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>FORMACADEMY</t>
+          <t>FORMACHOICE</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>91451797400012</t>
+          <t>91057292400017</t>
         </is>
       </c>
       <c r="C703" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="704">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>FORMACHOICE</t>
+          <t>FORMACOM 13</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>91057292400017</t>
+          <t>90143521400019</t>
         </is>
       </c>
       <c r="C704" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="705">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>FORMACOM 13</t>
+          <t>FORMACOMPETENCES</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>90143521400019</t>
+          <t>91526792600011</t>
         </is>
       </c>
       <c r="C705" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="706">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>FORMACOMPETENCES</t>
+          <t>FORMACTION PARIS</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>91526792600011</t>
+          <t>91340973600018</t>
         </is>
       </c>
       <c r="C706" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="707">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>FORMACTION PARIS</t>
+          <t>FORMADEV</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>91340973600018</t>
+          <t>80528997200020</t>
         </is>
       </c>
       <c r="C707" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="708">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>FORMADEV</t>
+          <t>FORMADOK</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>80528997200020</t>
+          <t>89459430800013</t>
         </is>
       </c>
       <c r="C708" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="709">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>FORMADOK</t>
+          <t>FORMAEXPERT</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>89459430800013</t>
+          <t>88320053700016</t>
         </is>
       </c>
       <c r="C709" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="710">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>FORMAEXPERT</t>
+          <t>FORMAFLOW</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>88320053700016</t>
+          <t>49347214600049</t>
         </is>
       </c>
       <c r="C710" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="711">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>FORMAFLOW</t>
+          <t>FORMAFON</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>49347214600049</t>
+          <t>82198914200053</t>
         </is>
       </c>
       <c r="C711" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="712">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>FORMAFON</t>
+          <t>FORMAGO</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>82198914200053</t>
+          <t>90408766500017</t>
         </is>
       </c>
       <c r="C712" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="713">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>FORMAGO</t>
+          <t>FORMAJOB</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>90408766500017</t>
+          <t>89841252300018</t>
         </is>
       </c>
       <c r="C713" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="714">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>FORMAJOB</t>
+          <t>FORMAKOM</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>89841252300018</t>
+          <t>91133783000010</t>
         </is>
       </c>
       <c r="C714" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="715">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>FORMAKOM</t>
+          <t>FORMALAUNCH</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>91133783000010</t>
+          <t>91139148000017</t>
         </is>
       </c>
       <c r="C715" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="716">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>FORMALAUNCH</t>
+          <t>FORMALINE</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>91139148000017</t>
+          <t>91488180000017</t>
         </is>
       </c>
       <c r="C716" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="717">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>FORMALINE</t>
+          <t>FORMALINK</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>91488180000017</t>
+          <t>89282986200010</t>
         </is>
       </c>
       <c r="C717" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="718">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>FORMALINK</t>
+          <t>FORMALIVE</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>89282986200010</t>
+          <t>85387084800027</t>
         </is>
       </c>
       <c r="C718" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="719">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>FORMALIVE</t>
+          <t>FORMANAGE</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>85387084800027</t>
+          <t>83409771900027</t>
         </is>
       </c>
       <c r="C719" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="720">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>FORMANAGE</t>
+          <t>FORMANOV</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>83409771900027</t>
+          <t>81226452100038</t>
         </is>
       </c>
       <c r="C720" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="721">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>FORMANOV</t>
+          <t>FORMANYL</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>81226452100038</t>
+          <t>90233439000017</t>
         </is>
       </c>
       <c r="C721" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="722">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>FORMANYL</t>
+          <t>FORMAPLUS</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>90233439000017</t>
+          <t>91803319200017</t>
         </is>
       </c>
       <c r="C722" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="723">
       <c r="A723" s="1" t="inlineStr">
         <is>
           <t>FORMAPLUS</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>91803319200017</t>
+          <t>91251710900019</t>
         </is>
       </c>
       <c r="C723" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="724">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>FORMAPLUS</t>
+          <t>FORMAPRO</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>91251710900019</t>
+          <t>90924829600016</t>
         </is>
       </c>
       <c r="C724" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="725">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>FORMAPRO</t>
+          <t>FORMAQUALITY</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>90924829600016</t>
+          <t>89922057800012</t>
         </is>
       </c>
       <c r="C725" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="726">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>FORMAQUALITY</t>
+          <t>FORMASTER</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>89922057800012</t>
+          <t>91800602400015</t>
         </is>
       </c>
       <c r="C726" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="727">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>FORMASTER</t>
+          <t>FORMASTORE</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>91800602400015</t>
+          <t>91759484800017</t>
         </is>
       </c>
       <c r="C727" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="728">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>FORMASTORE</t>
+          <t>FORMASTUDY</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>91759484800017</t>
+          <t>91054657100019</t>
         </is>
       </c>
       <c r="C728" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="729">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>FORMASTUDY</t>
+          <t>FORMAT VTC</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>91054657100019</t>
+          <t>85381081000012</t>
         </is>
       </c>
       <c r="C729" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="730">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>FORMAT VTC</t>
+          <t>FORMAT.CO</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>85381081000012</t>
+          <t>48023315400016</t>
         </is>
       </c>
       <c r="C730" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="731">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>FORMAT.CO</t>
+          <t>FORMATEAM</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>48023315400016</t>
+          <t>91211531800012</t>
         </is>
       </c>
       <c r="C731" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="732">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>FORMATEAM</t>
+          <t>FORMATEURS DE BOURBON</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>91211531800012</t>
+          <t>37945726000014</t>
         </is>
       </c>
       <c r="C732" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="733">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>FORMATEURS DE BOURBON</t>
+          <t>FORMATEXIA</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>37945726000014</t>
+          <t>81488262700015</t>
         </is>
       </c>
       <c r="C733" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="734">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>FORMATEXIA</t>
+          <t>FORMATION &amp; EVOLUTION</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>81488262700015</t>
+          <t>89980506300018</t>
         </is>
       </c>
       <c r="C734" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="735">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>FORMATION &amp; EVOLUTION</t>
+          <t>FORMATION - MBA</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>89980506300018</t>
+          <t>88950774500012</t>
         </is>
       </c>
       <c r="C735" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="736">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>FORMATION - MBA</t>
+          <t>FORMATION 24</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>88950774500012</t>
+          <t>90535687900023</t>
         </is>
       </c>
       <c r="C736" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="737">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>FORMATION 24</t>
+          <t>FORMATION A FOND</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>90535687900023</t>
+          <t>90483946100012</t>
         </is>
       </c>
       <c r="C737" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="738">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>FORMATION A FOND</t>
+          <t>FORMATION ACADEMIE</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>90483946100012</t>
+          <t>91197302200013</t>
         </is>
       </c>
       <c r="C738" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="739">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>FORMATION ACADEMIE</t>
+          <t>FORMATION ACCESS</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>91197302200013</t>
+          <t>89106648200011</t>
         </is>
       </c>
       <c r="C739" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="740">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>FORMATION ACCESS</t>
+          <t>FORMATION BY ELYSEES</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>89106648200011</t>
+          <t>90941969900014</t>
         </is>
       </c>
       <c r="C740" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="741">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>FORMATION BY ELYSEES</t>
+          <t>FORMATION CENTER</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>90941969900014</t>
+          <t>89133654700023</t>
         </is>
       </c>
       <c r="C741" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="742">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>FORMATION CENTER</t>
+          <t>FORMATION DE L'ESPOIR</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>89133654700023</t>
+          <t>90441068500013</t>
         </is>
       </c>
       <c r="C742" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="743">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>FORMATION DE L'ESPOIR</t>
+          <t>FORMATION DE L'ESTEREL</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>90441068500013</t>
+          <t>89432242900016</t>
         </is>
       </c>
       <c r="C743" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="744">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>FORMATION DE L'ESTEREL</t>
+          <t>FORMATION DE L'ESTREE</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>89432242900016</t>
+          <t>89444604600019</t>
         </is>
       </c>
       <c r="C744" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="745">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>FORMATION DE L'ESTREE</t>
+          <t>FORMATION DE L'OURS</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>89444604600019</t>
+          <t>89160462100013</t>
         </is>
       </c>
       <c r="C745" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="746">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>FORMATION DE L'OURS</t>
+          <t>FORMATION DE LA RENAISSANCE</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>89160462100013</t>
+          <t>89227809400016</t>
         </is>
       </c>
       <c r="C746" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="747">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>FORMATION DE LA RENAISSANCE</t>
+          <t>FORMATION DECOUVERTE</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>89227809400016</t>
+          <t>90326732600010</t>
         </is>
       </c>
       <c r="C747" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="748">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>FORMATION DECOUVERTE</t>
+          <t>FORMATION DES LUMIERES</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>90326732600010</t>
+          <t>89235229500018</t>
         </is>
       </c>
       <c r="C748" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="749">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>FORMATION DES LUMIERES</t>
+          <t>FORMATION DU CHEVREUL</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>89235229500018</t>
+          <t>89868045900010</t>
         </is>
       </c>
       <c r="C749" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="750">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>FORMATION DU CHEVREUL</t>
+          <t>FORMATION DU LEVANTIN</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>89868045900010</t>
+          <t>89137595800016</t>
         </is>
       </c>
       <c r="C750" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="751">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>FORMATION DU LEVANTIN</t>
+          <t>FORMATION DU LOIRE</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>89137595800016</t>
+          <t>85138311700013</t>
         </is>
       </c>
       <c r="C751" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="752">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>FORMATION DU LOIRE</t>
+          <t>FORMATION DU TEMPLE</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>85138311700013</t>
+          <t>90869770900016</t>
         </is>
       </c>
       <c r="C752" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="753">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>FORMATION DU TEMPLE</t>
+          <t>FORMATION EXPERTISE</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>90869770900016</t>
+          <t>90322375800017</t>
         </is>
       </c>
       <c r="C753" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="754">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>FORMATION EXPERTISE</t>
+          <t>FORMATION FERROVIAIRE UTILE</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>90322375800017</t>
+          <t>83770518500044</t>
         </is>
       </c>
       <c r="C754" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="755">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>FORMATION FERROVIAIRE UTILE</t>
+          <t>FORMATION FOR U</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>83770518500044</t>
+          <t>91039935100022</t>
         </is>
       </c>
       <c r="C755" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="756">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>FORMATION FOR U</t>
+          <t>FORMATION INSERTION</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>91039935100022</t>
+          <t>51976415300044</t>
         </is>
       </c>
       <c r="C756" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="757">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>FORMATION INSERTION</t>
+          <t>FORMATION ONLINE</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>51976415300044</t>
+          <t>90495986300013</t>
         </is>
       </c>
       <c r="C757" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="758">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>FORMATION ONLINE</t>
+          <t>FORMATION PRO 2.0</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>90495986300013</t>
+          <t>90033695900011</t>
         </is>
       </c>
       <c r="C758" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="759">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>FORMATION PRO 2.0</t>
+          <t>FORMATION PROFESSIONNELLE ET ACADEMIQUE</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>90033695900011</t>
+          <t>91528757700018</t>
         </is>
       </c>
       <c r="C759" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="760">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>FORMATION PROFESSIONNELLE ET ACADEMIQUE</t>
+          <t>FORMATION PROFESSIONNELLE FRANCAISE</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>91528757700018</t>
+          <t>89916417200012</t>
         </is>
       </c>
       <c r="C760" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="761">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>FORMATION PROFESSIONNELLE FRANCAISE</t>
+          <t>FORMATION QUALIFRANCE</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>89916417200012</t>
+          <t>91915826100017</t>
         </is>
       </c>
       <c r="C761" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="762">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>FORMATION QUALIFRANCE</t>
+          <t>FORMATION SECOURISME INCENDIE</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>91915826100017</t>
+          <t>80365573700051</t>
         </is>
       </c>
       <c r="C762" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="763">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>FORMATION SECOURISME INCENDIE</t>
+          <t>FORMATION SUR MESURE</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>80365573700051</t>
+          <t>89897201300012</t>
         </is>
       </c>
       <c r="C763" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="764">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>FORMATION SUR MESURE</t>
+          <t>FORMATION TV</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>89897201300012</t>
+          <t>91373113900022</t>
         </is>
       </c>
       <c r="C764" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="765">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>FORMATION TV</t>
+          <t>FORMATION-CRO</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>91373113900022</t>
+          <t>90956958400024</t>
         </is>
       </c>
       <c r="C765" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="766">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>FORMATION-CRO</t>
+          <t>FORMATION9327</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>90956958400024</t>
+          <t>91315484500014</t>
         </is>
       </c>
       <c r="C766" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="767">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>FORMATION9327</t>
+          <t>FORMATIONOO</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>91315484500014</t>
+          <t>89931289600025</t>
         </is>
       </c>
       <c r="C767" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="768">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>FORMATIONOO</t>
+          <t>FORMATIONS BTP</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>89931289600025</t>
+          <t>90183318600017</t>
         </is>
       </c>
       <c r="C768" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="769">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>FORMATIONS BTP</t>
+          <t>FORMATIONS E-LEARNING</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>90183318600017</t>
+          <t>90516807600016</t>
         </is>
       </c>
       <c r="C769" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="770">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>FORMATIONS E-LEARNING</t>
+          <t>FORMATIONS ET ACCOMPAGNEMENTS</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>90516807600016</t>
+          <t>90110161800014</t>
         </is>
       </c>
       <c r="C770" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="771">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>FORMATIONS ET ACCOMPAGNEMENTS</t>
+          <t>FORMATIONS PROFESSIONNELLES IDF</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>90110161800014</t>
+          <t>90520202400014</t>
         </is>
       </c>
       <c r="C771" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="772">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>FORMATIONS PROFESSIONNELLES IDF</t>
+          <t>FORMATIONS-FRANCE</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>90520202400014</t>
+          <t>90957882500012</t>
         </is>
       </c>
       <c r="C772" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="773">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>FORMATIONS-FRANCE</t>
+          <t>FORMATRANS</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>90957882500012</t>
+          <t>90293700200035</t>
         </is>
       </c>
       <c r="C773" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="774">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>FORMATRANS</t>
+          <t>FORMAVENIR</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>90293700200035</t>
+          <t>90443313300025</t>
         </is>
       </c>
       <c r="C774" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="775">
       <c r="A775" s="1" t="inlineStr">
         <is>
           <t>FORMAVENIR</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>90443313300025</t>
+          <t>91898826200013</t>
         </is>
       </c>
       <c r="C775" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="776">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>FORMAVENIR</t>
+          <t>FORMAVI</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>91898826200013</t>
+          <t>91031554800016</t>
         </is>
       </c>
       <c r="C776" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="777">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>FORMAVI</t>
+          <t>FORMAXESS</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>91031554800016</t>
+          <t>88815423400015</t>
         </is>
       </c>
       <c r="C777" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="778">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>FORMAXESS</t>
+          <t>FORMEACADEMY</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>88815423400015</t>
+          <t>92104001000016</t>
         </is>
       </c>
       <c r="C778" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="779">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>FORMEACADEMY</t>
+          <t>FORMENVOL</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>92104001000016</t>
+          <t>91085437100010</t>
         </is>
       </c>
       <c r="C779" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="780">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>FORMENVOL</t>
+          <t>FORMEVOLUTION</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>91085437100010</t>
+          <t>91862401600013</t>
         </is>
       </c>
       <c r="C780" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="781">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>FORMEVOLUTION</t>
+          <t>FORMIRIS</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>91862401600013</t>
+          <t>88454931200012</t>
         </is>
       </c>
       <c r="C781" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="782">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>FORMIRIS</t>
+          <t>FORMITIC</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>88454931200012</t>
+          <t>91434048400015</t>
         </is>
       </c>
       <c r="C782" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="783">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>FORMITIC</t>
+          <t>FORMLY</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>91434048400015</t>
+          <t>92181934800019</t>
         </is>
       </c>
       <c r="C783" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="784">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>FORMLY</t>
+          <t>FORMMYFRENCH</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>92181934800019</t>
+          <t>91474500500019</t>
         </is>
       </c>
       <c r="C784" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="785">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>FORMMYFRENCH</t>
+          <t>FORMYKARE</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>91474500500019</t>
+          <t>89932336400013</t>
         </is>
       </c>
       <c r="C785" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="786">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>FORMYKARE</t>
+          <t>FORPRO CONSEIL</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>89932336400013</t>
+          <t>87961234900016</t>
         </is>
       </c>
       <c r="C786" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="787">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>FORPRO CONSEIL</t>
+          <t>FORUM ATLANTIQUE FORMATION</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>87961234900016</t>
+          <t>39296396300047</t>
         </is>
       </c>
       <c r="C787" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="788">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>FORUM ATLANTIQUE FORMATION</t>
+          <t>FOXCONSULT</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>39296396300047</t>
+          <t>91098390700015</t>
         </is>
       </c>
       <c r="C788" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="789">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>FOXCONSULT</t>
+          <t>FRANCE CERTIF</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>91098390700015</t>
+          <t>91245624100013</t>
         </is>
       </c>
       <c r="C789" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="790">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>FRANCE CERTIF</t>
+          <t>FRANCE FORMAPLUS</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>91245624100013</t>
+          <t>91228291000013</t>
         </is>
       </c>
       <c r="C790" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="791">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>FRANCE FORMAPLUS</t>
+          <t>FRANCE FORMAPRO</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>91228291000013</t>
+          <t>90831709200017</t>
         </is>
       </c>
       <c r="C791" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="792">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>FRANCE FORMAPRO</t>
+          <t>FRANCE FORMATION</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>90831709200017</t>
+          <t>90133114000011</t>
         </is>
       </c>
       <c r="C792" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="793">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>FRANCE FORMATION</t>
+          <t>FRANCE FORMATION TOULOUSE</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>90133114000011</t>
+          <t>90886447300016</t>
         </is>
       </c>
       <c r="C793" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="794">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>FRANCE FORMATION TOULOUSE</t>
+          <t>FRANCE FORMATIONS</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>90886447300016</t>
+          <t>91496461400012</t>
         </is>
       </c>
       <c r="C794" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="795">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>FRANCE FORMATIONS</t>
+          <t>FRANCE LOGISTIQUE TRANSPORT MANAGEMENT</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>91496461400012</t>
+          <t>90031592000018</t>
         </is>
       </c>
       <c r="C795" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="796">
       <c r="A796" s="1" t="inlineStr">
         <is>
           <t>FRANCE LOGISTIQUE TRANSPORT MANAGEMENT</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>90031592000018</t>
+          <t>90031592000026</t>
         </is>
       </c>
       <c r="C796" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="797">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>FRANCE LOGISTIQUE TRANSPORT MANAGEMENT</t>
+          <t>FRANCE MASTERCLASS</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>90031592000026</t>
+          <t>90269572500017</t>
         </is>
       </c>
       <c r="C797" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="798">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>FRANCE MASTERCLASS</t>
+          <t>FRANCE METIERS</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>90269572500017</t>
+          <t>84033069000024</t>
         </is>
       </c>
       <c r="C798" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="799">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>FRANCE METIERS</t>
+          <t>FRANCE ORIENTATION CONSEIL</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>84033069000024</t>
+          <t>83278198300024</t>
         </is>
       </c>
       <c r="C799" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="800">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>FRANCE ORIENTATION CONSEIL</t>
+          <t>FRANCE SKILLS</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>83278198300024</t>
+          <t>89349969900013</t>
         </is>
       </c>
       <c r="C800" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="801">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>FRANCE SKILLS</t>
+          <t>FRANCEFORMA</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>89349969900013</t>
+          <t>91404857400018</t>
         </is>
       </c>
       <c r="C801" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="802">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>FRANCEFORMA</t>
+          <t>FRANCK FREMION</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>91404857400018</t>
+          <t>91135688900012</t>
         </is>
       </c>
       <c r="C802" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="803">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>FRANCK FREMION</t>
+          <t>FREE COMPETENCES</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>91135688900012</t>
+          <t>35029923600041</t>
         </is>
       </c>
       <c r="C803" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former</t>
+          <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="804">
       <c r="A804" s="1" t="inlineStr">
         <is>
           <t>FREE COMPETENCES</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>35029923600041</t>
+          <t>35029923600058</t>
         </is>
       </c>
       <c r="C804" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="805">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>FREE COMPETENCES</t>
+          <t>FREE FORMATIONS</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>35029923600058</t>
+          <t>90464745000017</t>
         </is>
       </c>
       <c r="C805" s="1" t="inlineStr">
         <is>
-          <t>Habilitation pour former et organiser l’évaluation</t>
+          <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="806">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>FREE FORMATIONS</t>
+          <t>FREE LEARNING</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>90464745000017</t>
+          <t>90939584000012</t>
         </is>
       </c>
       <c r="C806" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="807">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>FREE LEARNING</t>
+          <t>FRENCH FORMATION</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>90939584000012</t>
+          <t>90447880700012</t>
         </is>
       </c>
       <c r="C807" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="808">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>FRENCH FORMATION</t>
+          <t>FRO FORMATION</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>90447880700012</t>
+          <t>91005001200012</t>
         </is>
       </c>
       <c r="C808" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="809">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>FRO FORMATION</t>
+          <t>FRV</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>91005001200012</t>
+          <t>90930331500016</t>
         </is>
       </c>
       <c r="C809" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="810">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>FRV</t>
+          <t>FULL AS FORMATION</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>90930331500016</t>
+          <t>91188089600012</t>
         </is>
       </c>
       <c r="C810" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="811">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>FULL AS FORMATION</t>
+          <t>FULL FORMATION</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>91188089600012</t>
+          <t>90955360400028</t>
         </is>
       </c>
       <c r="C811" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="812">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>FULL FORMATION</t>
+          <t>FUTUR FORMATION</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>90955360400028</t>
+          <t>89350055300019</t>
         </is>
       </c>
       <c r="C812" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="813">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>FUTUR FORMATION</t>
+          <t>FUTUR'ACTIF (ECOLE DU TOURISME ET DE L'IMMOBILIER DIGITAL)</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>89350055300019</t>
+          <t>88967334900029</t>
         </is>
       </c>
       <c r="C813" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>
     <row r="814">
       <c r="A814" s="1" t="inlineStr">
         <is>
           <t>FUTURE ACADEMY</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
           <t>90356663600010</t>
         </is>
       </c>
       <c r="C814" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former</t>
         </is>
       </c>
     </row>