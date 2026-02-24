--- v0 (2025-12-13)
+++ v1 (2026-02-24)
@@ -98,767 +98,716 @@
     <border>
       <left style="thin"/>
       <right style="thin"/>
       <top style="thin"/>
       <bottom style="thin"/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" applyFont="true" applyBorder="true" applyFill="true"/>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="4" xfId="0" applyFont="true" applyAlignment="true" applyBorder="true" applyFill="true">
       <alignment wrapText="true" vertical="center" horizontal="center"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:C42"/>
+  <dimension ref="A1:C39"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="104.97265625" customWidth="true"/>
     <col min="2" max="2" width="13.5390625" customWidth="true"/>
     <col min="3" max="3" width="35.96484375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1" customHeight="1" ht="15.0">
       <c r="A1" s="2" t="inlineStr">
         <is>
           <t>Nom de l'organisme</t>
         </is>
       </c>
       <c r="B1" s="2" t="inlineStr">
         <is>
           <t>SIRET</t>
         </is>
       </c>
       <c r="C1" s="2" t="inlineStr">
         <is>
           <t>Rôle du partenaire</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>ASS DE GESTION DU CENTRE DE FORMATION D'APPRENTIS SUPERIEUR DE BOURGOGNE</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>50876465100032</t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>ASS DE GESTION DU CENTRE DE FORMATION D'APPRENTIS SUPERIEUR DE BOURGOGNE</t>
+          <t>ASSOCIATION DE FORMATION PROFESSIONNELLE DE L'INDUSTRIE DE LA LOIRE DE LA DROME ET DE L'ARDECHE</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>50876465100024</t>
+          <t>88479319100013</t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>ASSOCIATION DE FORMATION PROFESSIONNELLE DE L'INDUSTRIE DE LA LOIRE DE LA DROME ET DE L'ARDECHE</t>
+          <t>ASSOCIATION DU CENTRE DE FORMATION D'APPRENTIS DES CHAMBRES DE METIERS ET ARTISANAT ET CHAMBRE DE COMMERCE INDUSTR CHER</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>88479319100013</t>
+          <t>30804972500036</t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>ASSOCIATION DU CENTRE DE FORMATION D'APPRENTIS DES CHAMBRES DE METIERS ET ARTISANAT ET CHAMBRE DE COMMERCE INDUSTR CHER</t>
+          <t>CAMPUS EDUCTIVE PARIS</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>30804972500036</t>
+          <t>33983438400119</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>CAMPUS EDUCTIVE PARIS</t>
+          <t>CCI FORMATION</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>33983438400119</t>
+          <t>13002948100046</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>CCI FORMATION</t>
+          <t>CENTRE DE FORMATION DES APPRENTIS DE L INDUSTRIE LOIRE DROME ARDECHE (CFAI - LDA)</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>13002948100046</t>
+          <t>88474598500017</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>CENTRE DE FORMATION DES APPRENTIS DE L INDUSTRIE LOIRE DROME ARDECHE (CFAI - LDA)</t>
+          <t>CENTRE DE FORMATION-CFSA CAMPUS CENTRE</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>88474598500017</t>
+          <t>18360001400058</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>CENTRE DE FORMATION-CFSA CAMPUS CENTRE</t>
+          <t>E.O.L</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>18360001400058</t>
+          <t>49139960600046</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>E.O.L</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>49139960600046</t>
+          <t>49139960600020</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>E.O.L</t>
+          <t>EFFOR ACADEMY</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>49139960600020</t>
+          <t>95145403200024</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>EFFOR ACADEMY</t>
+          <t>EXCELIA GROUP</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>95145403200024</t>
+          <t>34876850800031</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>EXCELIA GROUP</t>
+          <t>FORMADU</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>34876850800031</t>
+          <t>85115160500058</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>FORMADU</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>85115160500058</t>
+          <t>85115160500066</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>FORMADU</t>
+          <t>ICCA - FORMATION</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>85115160500066</t>
+          <t>41266209000015</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>ICCA - FORMATION</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>41266209000015</t>
+          <t>41266209000023</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>ICCA - FORMATION</t>
+          <t>IGPEPM</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>41266209000023</t>
+          <t>32139333200069</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>IGPEPM</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>32139333200069</t>
+          <t>32139333200077</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>IGPEPM</t>
+          <t>INSTITUT FRANCAIS DES AFFAIRES</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>32139333200077</t>
+          <t>38480937200046</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>INSTITUT FRANCAIS DES AFFAIRES</t>
+          <t>INSTITUT NATIONAL DE L'ENSEIGNEMENT A DISTANCE</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>38480937200046</t>
+          <t>48874104200052</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>INSTITUT NATIONAL DE L'ENSEIGNEMENT A DISTANCE</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>48874104200052</t>
+          <t>48874104200045</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>INSTITUT NATIONAL DE L'ENSEIGNEMENT A DISTANCE</t>
+          <t>INSTITUT SUPERIEUR D'INFORMATIQUE ET DE MANAGEMENT DE L'INFORMATION</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>48874104200045</t>
+          <t>33017866600088</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>INSTITUT NATIONAL DE L'ENSEIGNEMENT A DISTANCE</t>
+          <t>INSTITUT SUPERIEUR D'INFORMATIQUE ET DE MANAGEMENT DE L'INFORMATION</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>48874104200037</t>
+          <t>33017866600096</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>INSTITUT SUPERIEUR D'INFORMATIQUE ET DE MANAGEMENT DE L'INFORMATION</t>
+          <t>L'INSTITUT IDHE DE PARIS</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>33017866600088</t>
+          <t>79044990400040</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>INSTITUT SUPERIEUR D'INFORMATIQUE ET DE MANAGEMENT DE L'INFORMATION</t>
+          <t>L'INSTITUT IDHE DE PARIS</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>33017866600096</t>
+          <t>79044990400032</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>L'INSTITUT IDHE DE PARIS</t>
+          <t>MAESTRIS</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>79044990400040</t>
+          <t>42380635500099</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>L'INSTITUT IDHE DE PARIS</t>
+          <t>MAESTRIS</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>79044990400032</t>
+          <t>42380635500263</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>MAESTRIS</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>42380635500099</t>
+          <t>42380635500255</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>MAESTRIS</t>
+          <t>OGEC VINCENT DE PAUL</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>42380635500214</t>
+          <t>78320246800022</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>MAESTRIS</t>
+          <t>OGEC VINCENT DE PAUL</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>42380635500263</t>
+          <t>78320246800030</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>MAESTRIS</t>
+          <t>PAZEL</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>42380635500255</t>
+          <t>78994702500050</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>OGEC VINCENT DE PAUL</t>
+          <t>PAZEL</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>78320246800022</t>
+          <t>78994702500035</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>OGEC VINCENT DE PAUL</t>
+          <t>PAZEL</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>78320246800030</t>
+          <t>78994702500043</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>PAZEL</t>
+          <t>SCIENCES-U LILLE</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>78994702500050</t>
+          <t>39955313000044</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>PAZEL</t>
+          <t>SCIENCES-U LILLE</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>78994702500035</t>
+          <t>39955313000051</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>PAZEL</t>
+          <t>SCIENCES-U LYON</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>78994702500043</t>
+          <t>35176587000032</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>SCIENCES-U LILLE</t>
+          <t>SCIENCES-U PARIS</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>39955313000044</t>
+          <t>33983438400101</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>SCIENCES-U LYON</t>
+          <t>UNIVERIA</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>35176587000032</t>
+          <t>38768417800057</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>SCIENCES-U PARIS</t>
+          <t>UNIVERIA</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>33983438400101</t>
+          <t>38768417800065</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
-        <is>
-[...49 lines deleted...]
-      <c r="C42" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>France compétences</dc:creator>
 </cp:coreProperties>
 </file>