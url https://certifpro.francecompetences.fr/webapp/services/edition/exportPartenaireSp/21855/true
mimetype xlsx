--- v0 (2025-12-06)
+++ v1 (2025-12-13)
@@ -7121,68 +7121,68 @@
     <row r="412">
       <c r="A412" s="1" t="inlineStr">
         <is>
           <t>PURPLE CAMPUS</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
           <t>89079142900123</t>
         </is>
       </c>
       <c r="C412" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="1" t="inlineStr">
         <is>
           <t>PURPLE CAMPUS</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>89079142900131</t>
+          <t>89079142900230</t>
         </is>
       </c>
       <c r="C413" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="1" t="inlineStr">
         <is>
           <t>PURPLE CAMPUS</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>89079142900230</t>
+          <t>89079142900131</t>
         </is>
       </c>
       <c r="C414" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="1" t="inlineStr">
         <is>
           <t>PURPLE CAMPUS</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
           <t>89079142900248</t>
         </is>
       </c>
       <c r="C415" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>