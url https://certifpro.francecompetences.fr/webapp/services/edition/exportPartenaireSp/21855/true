--- v1 (2025-12-13)
+++ v2 (2026-03-14)
@@ -98,51 +98,51 @@
     <border>
       <left style="thin"/>
       <right style="thin"/>
       <top style="thin"/>
       <bottom style="thin"/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" applyFont="true" applyBorder="true" applyFill="true"/>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="4" xfId="0" applyFont="true" applyAlignment="true" applyBorder="true" applyFill="true">
       <alignment wrapText="true" vertical="center" horizontal="center"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:C512"/>
+  <dimension ref="A1:C471"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="82.3515625" customWidth="true"/>
     <col min="2" max="2" width="13.54296875" customWidth="true"/>
     <col min="3" max="3" width="35.96875" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1" customHeight="1" ht="15.0">
       <c r="A1" s="2" t="inlineStr">
         <is>
           <t>Nom de l'organisme</t>
         </is>
       </c>
       <c r="B1" s="2" t="inlineStr">
         <is>
           <t>SIRET</t>
         </is>
       </c>
       <c r="C1" s="2" t="inlineStr">
         <is>
           <t>Rôle du partenaire</t>
         </is>
@@ -214,8641 +214,7944 @@
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>A.C.M.FORMATION</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>38536280100057</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>ACADEMIS</t>
+          <t>A3C</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>88795910400027</t>
+          <t>53290602100029</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>ACAF-MSA DE VAUCLUSE</t>
+          <t>ACADEMIS</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>31350998600029</t>
+          <t>88795910400027</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>ACOFORM</t>
+          <t>ACAF-MSA DE VAUCLUSE</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>49535480500170</t>
+          <t>31350998600029</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>ACOFORM</t>
+          <t>ACCENTONIC</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>49535480500188</t>
+          <t>53957867400043</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>ACOFORM</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>49535480500196</t>
+          <t>49535480500170</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>ACOFORM</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>49535480500063</t>
+          <t>49535480500188</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>ACOFORM</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>49535480500105</t>
+          <t>49535480500196</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>ACOFORM</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>49535480500204</t>
+          <t>49535480500063</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>ACOFORM</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>49535480500147</t>
+          <t>49535480500105</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>ACOFORM</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>49535480500162</t>
+          <t>49535480500204</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>ACTION POUR LE DROIT A LA FORMATION ET AU SERVICE A LA PERSONNE</t>
+          <t>ACOFORM</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>53478225500010</t>
+          <t>49535480500147</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>ADAPECO</t>
+          <t>ACOFORM</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>79457699100044</t>
+          <t>49535480500162</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>ADAPEP AFP 2 I</t>
+          <t>ACTION POUR LE DROIT A LA FORMATION ET AU SERVICE A LA PERSONNE</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>40144581200035</t>
+          <t>53478225500010</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>ADREC</t>
+          <t>ADAPECO</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>83501285700016</t>
+          <t>79457699100044</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>ADREC</t>
+          <t>ADAPEP AFP 2 I</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>83501285700024</t>
+          <t>40144581200035</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
+          <t>ADREC</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>82422814201189</t>
+          <t>83501285700016</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>AIDEQ</t>
+          <t>ADREC</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>80770883900020</t>
+          <t>83501285700024</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>ALAJI SAS</t>
+          <t>AIDEQ</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>53897367800153</t>
+          <t>80770883900020</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>ALAJI SAS</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>53897367800179</t>
+          <t>53897367800153</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>ALAJI SAS</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>53897367800195</t>
+          <t>53897367800179</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>ALAJI SAS</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>53897367800260</t>
+          <t>53897367800195</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>ALAJI SAS</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>53897367800286</t>
+          <t>53897367800260</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>ALTEREGO ACCOMPAGNEMENT FORMATION</t>
+          <t>ALAJI SAS</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>80007618400020</t>
+          <t>53897367800286</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>ARFISS</t>
+          <t>ALTEREGO ACCOMPAGNEMENT FORMATION</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>77571615200019</t>
+          <t>80007618400020</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>ARIANE FORMATION</t>
+          <t>ARINFO</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>39014842700094</t>
+          <t>41273026900146</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>ARIANE FORMATION</t>
+          <t>ARINFO I-MAGINER</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>39014842700052</t>
+          <t>41273026900112</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>ARIANE MEDITERRANEE</t>
+          <t>ARINFO I-MAGINER</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>38823462700056</t>
+          <t>41273026900138</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>ARIANE MEDITERRANEE</t>
+          <t>ARINFO I-MAGINER</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>38823462700072</t>
+          <t>41273026900161</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>ARINFO</t>
+          <t>ARINFO I-MAGINER</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>41273026900146</t>
+          <t>41273026900179</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>ARINFO I-MAGINER</t>
+          <t>ASFO EMPLOI</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>41273026900112</t>
+          <t>43932102700013</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>ARINFO I-MAGINER</t>
+          <t>ASFODEP</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>41273026900138</t>
+          <t>78146080300021</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>ARINFO I-MAGINER</t>
+          <t>ASS ACCUEIL INFORMATION SUD CHARENTE</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>41273026900161</t>
+          <t>33404131600020</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>ARINFO I-MAGINER</t>
+          <t>ASS FORMATION EDUCATION PERMANENT TIVOLI</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>41273026900179</t>
+          <t>30016423300052</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>ASFO EMPLOI</t>
+          <t>ASS GATINAISE DE FORMATION</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>43932102700013</t>
+          <t>43410211700018</t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>ASFODEP</t>
+          <t>ASS INSERTION SOCIALE PROF CULTUR LOISIR</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>78146080300021</t>
+          <t>33927699000035</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>ASS ACCUEIL INFORMATION SUD CHARENTE</t>
+          <t>ASS IRFA NORMANDIE MAINE</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>33404131600020</t>
+          <t>32240853500068</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>ASS FORMATION EDUCATION PERMANENT TIVOLI</t>
+          <t>ASS IRFA NORMANDIE MAINE</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>30016423300052</t>
+          <t>32240853500092</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>ASS GATINAISE DE FORMATION</t>
+          <t>ASS LOCALE FORMATION ADAPTION SOCIO PROF</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>43410211700018</t>
+          <t>33921092400041</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>ASS INSERTION SOCIALE PROF CULTUR LOISIR</t>
+          <t>ASS POUR PROMOTION DU CERTA</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>33927699000035</t>
+          <t>32938182600034</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>ASS IRFA NORMANDIE MAINE</t>
+          <t>ASS READAPTATION FORMAT PROFESSIONNELLE</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>32240853500019</t>
+          <t>77895430500018</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>ASS IRFA NORMANDIE MAINE</t>
+          <t>ASS REGIONALE D'EDUCATION PERMANENTE</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>32240853500068</t>
+          <t>30754755400047</t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>ASS IRFA NORMANDIE MAINE</t>
+          <t>ASS REUNIONNAISE EDUCATION POPULAIRE</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>32240853500092</t>
+          <t>31958867900013</t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>ASS LOCALE FORMATION ADAPTION SOCIO PROF</t>
+          <t>ASSO AIDE PROMOTION EMPLOI DES JEUNES</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>33921092400041</t>
+          <t>33820960400093</t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>ASS LYON PROMOTION EDUC SOCIAL</t>
+          <t>ASSO AIDE PROMOTION EMPLOI DES JEUNES</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>32512320600048</t>
+          <t>33820960400077</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>ASS POUR PROMOTION DU CERTA</t>
+          <t>ASSO DU PAYS DES SEPT RIVIERES</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>32938182600034</t>
+          <t>32745922800034</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>ASS READAPTATION FORMAT PROFESSIONNELLE</t>
+          <t>ASSOC EDUCAT COGNITIVE ET DEVELOPPEMENT</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>77895430500018</t>
+          <t>38749351300023</t>
         </is>
       </c>
       <c r="C52" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>ASS REGIONALE D'EDUCATION PERMANENTE</t>
+          <t>ASSOCIATION DE FORMATION POUR LA COOPERATION ET LA PROMOTION PROFESSIONNELLE MEDITERRANEENNE</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>30754755400047</t>
+          <t>30238239500010</t>
         </is>
       </c>
       <c r="C53" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>ASS REUNIONNAISE EDUCATION POPULAIRE</t>
+          <t>ASSOCIATION DE FORMATION POUR LA COOPERATION ET LA PROMOTION PROFESSIONNELLE MEDITERRANEENNE</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>31958867900013</t>
+          <t>30238239500101</t>
         </is>
       </c>
       <c r="C54" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>ASSO AIDE PROMOTION EMPLOI DES JEUNES</t>
+          <t>ASSOCIATION DE FORMATION POUR LA COOPERATION ET LA PROMOTION PROFESSIONNELLE MEDITERRANEENNE</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>33820960400093</t>
+          <t>30238239500127</t>
         </is>
       </c>
       <c r="C55" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>ASSO AIDE PROMOTION EMPLOI DES JEUNES</t>
+          <t>ASSOCIATION DE FORMATION POUR LA COOPERATION ET LA PROMOTION PROFESSIONNELLE MEDITERRANEENNE</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>33820960400077</t>
+          <t>30238239500143</t>
         </is>
       </c>
       <c r="C56" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>ASSO DU PAYS DES SEPT RIVIERES</t>
+          <t>ASSOCIATION DE FORMATION PROFESSIONNELLE DE L'INDUSTRIE DE LA LOIRE DE LA DROME ET DE L'ARDECHE</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>32745922800034</t>
+          <t>88479319100013</t>
         </is>
       </c>
       <c r="C57" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>ASSOC EDUCAT COGNITIVE ET DEVELOPPEMENT</t>
+          <t>ASSOCIATION DE FORMATION PROFESSIONNELLE DE L'INDUSTRIE DE LA LOIRE DE LA DROME ET DE L'ARDECHE</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>38749351300023</t>
+          <t>88479319100021</t>
         </is>
       </c>
       <c r="C58" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>ASSOCIATION DE FORMATION POUR LA COOPERATION ET LA PROMOTION PROFESSIONNELLE MEDITERRANEENNE</t>
+          <t>ASSOCIATION DE FORMATION PROFESSIONNELLE DE L'INDUSTRIE DE LA LOIRE DE LA DROME ET DE L'ARDECHE</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>30238239500010</t>
+          <t>88479319100039</t>
         </is>
       </c>
       <c r="C59" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>ASSOCIATION DE FORMATION POUR LA COOPERATION ET LA PROMOTION PROFESSIONNELLE MEDITERRANEENNE</t>
+          <t>ASSOCIATION ENVOL</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>30238239500101</t>
+          <t>38067034900022</t>
         </is>
       </c>
       <c r="C60" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>ASSOCIATION DE FORMATION POUR LA COOPERATION ET LA PROMOTION PROFESSIONNELLE MEDITERRANEENNE</t>
+          <t>ASSOCIATION HODINA COMBANI</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>30238239500127</t>
+          <t>52492088100017</t>
         </is>
       </c>
       <c r="C61" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>ASSOCIATION DE FORMATION POUR LA COOPERATION ET LA PROMOTION PROFESSIONNELLE MEDITERRANEENNE</t>
+          <t>ASSOCIATION INITIATIVE FORMATION EMPLOI</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>30238239500143</t>
+          <t>41522964000024</t>
         </is>
       </c>
       <c r="C62" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>ASSOCIATION DE FORMATION PROFESSIONNELLE DE L'INDUSTRIE DE LA LOIRE DE LA DROME ET DE L'ARDECHE</t>
+          <t>ASSOCIATION POUR L'ORIENTATION ET LE RECLASSEMENT</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>88479319100013</t>
+          <t>38752770800029</t>
         </is>
       </c>
       <c r="C63" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>ASSOCIATION DE FORMATION PROFESSIONNELLE DE L'INDUSTRIE DE LA LOIRE DE LA DROME ET DE L'ARDECHE</t>
+          <t>ASSOCIATION RETRAVAILLER DANS L'OUEST</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>88479319100021</t>
+          <t>37761090200217</t>
         </is>
       </c>
       <c r="C64" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>ASSOCIATION DE FORMATION PROFESSIONNELLE DE L'INDUSTRIE DE LA LOIRE DE LA DROME ET DE L'ARDECHE</t>
+          <t>ASSOCIATION SUD FORMATION</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>88479319100039</t>
+          <t>41522541600064</t>
         </is>
       </c>
       <c r="C65" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>ASSOCIATION ENVOL</t>
+          <t>ASSOFAC</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>38067034900022</t>
+          <t>51819150700285</t>
         </is>
       </c>
       <c r="C66" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>ASSOCIATION HODINA COMBANI</t>
+          <t>ASSOFAC</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>52492088100017</t>
+          <t>51819150700319</t>
         </is>
       </c>
       <c r="C67" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>ASSOCIATION INITIATIVE FORMATION EMPLOI</t>
+          <t>ASSOFAC</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>41522964000024</t>
+          <t>51819150700335</t>
         </is>
       </c>
       <c r="C68" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>ASSOCIATION POUR L'ORIENTATION ET LE RECLASSEMENT</t>
+          <t>ASSOFAC</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>38752770800029</t>
+          <t>51819150700343</t>
         </is>
       </c>
       <c r="C69" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>ASSOCIATION RETRAVAILLER DANS L'OUEST</t>
+          <t>ASSOFAC</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>37761090200217</t>
+          <t>51819150700418</t>
         </is>
       </c>
       <c r="C70" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>ASSOCIATION SUD FORMATION</t>
+          <t>ASSOFAC</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>41522541600064</t>
+          <t>51819150700467</t>
         </is>
       </c>
       <c r="C71" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>ASSOFAC</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>51819150700285</t>
+          <t>51819150700459</t>
         </is>
       </c>
       <c r="C72" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="1" t="inlineStr">
         <is>
           <t>ASSOFAC</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>51819150700319</t>
+          <t>51819150700442</t>
         </is>
       </c>
       <c r="C73" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>ASSOFAC</t>
+          <t>AW</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>51819150700335</t>
+          <t>83501285700081</t>
         </is>
       </c>
       <c r="C74" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>ASSOFAC</t>
+          <t>BASSIN FORMATION</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>51819150700343</t>
+          <t>24330056300091</t>
         </is>
       </c>
       <c r="C75" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>ASSOFAC</t>
+          <t>BEFORMA</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>51819150700418</t>
+          <t>85222156300038</t>
         </is>
       </c>
       <c r="C76" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>ASSOFAC</t>
+          <t>BFA</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>51819150700467</t>
+          <t>88815059600029</t>
         </is>
       </c>
       <c r="C77" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>ASSOFAC</t>
+          <t>BGE BERRY TOURAINE</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>51819150700459</t>
+          <t>50206723400042</t>
         </is>
       </c>
       <c r="C78" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>ASSOFAC</t>
+          <t>BGE BERRY TOURAINE</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>51819150700442</t>
+          <t>50206723400067</t>
         </is>
       </c>
       <c r="C79" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>ATELIER PEDAGOGIQUE PERSONNALISE</t>
+          <t>BGE INDRE</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>77556319000344</t>
+          <t>50206723400026</t>
         </is>
       </c>
       <c r="C80" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>AVENIR 84</t>
+          <t>C' TOP FORMATION</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>43220950000029</t>
+          <t>84103251900024</t>
         </is>
       </c>
       <c r="C81" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>AW</t>
+          <t>C-TEC</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>83501285700081</t>
+          <t>88267761000025</t>
         </is>
       </c>
       <c r="C82" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>BASSIN FORMATION</t>
+          <t>CAP FORMATION</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>24330056300091</t>
+          <t>49358822200080</t>
         </is>
       </c>
       <c r="C83" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>BEFORMA</t>
+          <t>CAP SAVOIR</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>85222156300038</t>
+          <t>40519376400066</t>
         </is>
       </c>
       <c r="C84" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>BFA</t>
+          <t>CARAIBES CONSEILS ET FORMATIONS (CARACOF)</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>88815059600029</t>
+          <t>48534783500020</t>
         </is>
       </c>
       <c r="C85" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>BGE BERRY TOURAINE</t>
+          <t>CCI FORMATION-CFA IMT-ISCO</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>50206723400042</t>
+          <t>18383001700236</t>
         </is>
       </c>
       <c r="C86" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>BGE BERRY TOURAINE</t>
+          <t>CCIL GRAND LILLE CEPRECO</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>50206723400067</t>
+          <t>13002271800188</t>
         </is>
       </c>
       <c r="C87" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>BGE INDRE</t>
+          <t>CENTRE DE FORMATION ET DE PROMOTION DES MAISONS FAMILIALES RURALES ADOLPHE ACHILLE</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>50206723400026</t>
+          <t>90043107300015</t>
         </is>
       </c>
       <c r="C88" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>C' TOP FORMATION</t>
+          <t>CENTRE DE FORMATION INDIVIDUALISE</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>84103251900024</t>
+          <t>34185728200055</t>
         </is>
       </c>
       <c r="C89" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>C-TEC</t>
+          <t>CENTRE FORMATION &amp; PROMOTION PRESQU'ILE</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>88267761000025</t>
+          <t>40291262000083</t>
         </is>
       </c>
       <c r="C90" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>CAMPUS VITAMINE T</t>
+          <t>CENTRE FORMATION &amp; PROMOTION PRESQU'ILE</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>53847353900020</t>
+          <t>40291262000109</t>
         </is>
       </c>
       <c r="C91" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>CAP FORMATION</t>
+          <t>CENTRE FORMATION &amp; PROMOTION PRESQU'ILE</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>49358822200080</t>
+          <t>40291262000125</t>
         </is>
       </c>
       <c r="C92" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>CAP SAVOIR</t>
+          <t>CENTRE FORMATION &amp; PROMOTION PRESQU'ILE</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>40519376400066</t>
+          <t>40291262000141</t>
         </is>
       </c>
       <c r="C93" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>CARAIBES CONSEILS ET FORMATIONS (CARACOF)</t>
+          <t>CENTRE FORMATION &amp; PROMOTION PRESQU'ILE</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>48534783500020</t>
+          <t>40291262000182</t>
         </is>
       </c>
       <c r="C94" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>CCI FORMATION-CFA IMT-ISCO</t>
+          <t>CENTRE NATIONAL DE LA FONCTION PUBLIQUE TERRITORIALE</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>18383001700236</t>
+          <t>18001404501825</t>
         </is>
       </c>
       <c r="C95" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>CENTRE DE FORMATION ET DE PROMOTION DES MAISONS FAMILIALES RURALES ADOLPHE ACHILLE</t>
+          <t>CENTRE REGIONAL DE FORMATION PROFESSIONNELLE</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>90043107300015</t>
+          <t>50060803900029</t>
         </is>
       </c>
       <c r="C96" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>CENTRE DE FORMATION INDIVIDUALISE</t>
+          <t>CESAM</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>34185728200055</t>
+          <t>77821064100107</t>
         </is>
       </c>
       <c r="C97" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>CENTRE FORMATION &amp; PROMOTION PRESQU'ILE</t>
+          <t>CESSA REUSSITE SCOLAIRE</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>40291262000083</t>
+          <t>50921839200041</t>
         </is>
       </c>
       <c r="C98" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>CENTRE FORMATION &amp; PROMOTION PRESQU'ILE</t>
+          <t>CHAMBRE COMMERCE &amp; INDUSTRIE HTE SAVOI</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>40291262000109</t>
+          <t>18743001200067</t>
         </is>
       </c>
       <c r="C99" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>CENTRE FORMATION &amp; PROMOTION PRESQU'ILE</t>
+          <t>CHAMBRE DE COMMERCE ET D INDUSTRIE DE REGION DES ILES DE GUADELOUPE</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>40291262000125</t>
+          <t>13001408700014</t>
         </is>
       </c>
       <c r="C100" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>CENTRE FORMATION &amp; PROMOTION PRESQU'ILE</t>
+          <t>CIBC 33</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>40291262000141</t>
+          <t>37791025200024</t>
         </is>
       </c>
       <c r="C101" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>CENTRE FORMATION &amp; PROMOTION PRESQU'ILE</t>
+          <t>CIBC AIN - HAUTE SAVOIE</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>40291262000182</t>
+          <t>39181737600059</t>
         </is>
       </c>
       <c r="C102" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>CENTRE FORMATION &amp; PROMOTION PRESQU'ILE</t>
+          <t>CIBC AIN - HAUTE SAVOIE</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>40291262000117</t>
+          <t>39181737600067</t>
         </is>
       </c>
       <c r="C103" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>CENTRE NATIONAL DE LA FONCTION PUBLIQUE TERRITORIALE</t>
+          <t>CIBC BOURGOGNE SUD</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>18001404501825</t>
+          <t>38968495200077</t>
         </is>
       </c>
       <c r="C104" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>CENTRE REGIONAL DE FORMATION PROFESSIONNELLE</t>
+          <t>CIBC BOURGOGNE SUD</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>50060803900029</t>
+          <t>38968495200069</t>
         </is>
       </c>
       <c r="C105" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>CESAM</t>
+          <t>CIBC BOURGOGNE SUD</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>77821064100107</t>
+          <t>38968495200135</t>
         </is>
       </c>
       <c r="C106" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>CESSA REUSSITE SCOLAIRE</t>
+          <t>CIBC BOURGOGNE SUD</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>50921839200041</t>
+          <t>38968495200044</t>
         </is>
       </c>
       <c r="C107" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>CHAMBRE COMMERCE &amp; INDUSTRIE HTE SAVOI</t>
+          <t>CIBC BRETAGNE</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>18743001200067</t>
+          <t>82152200000107</t>
         </is>
       </c>
       <c r="C108" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>CHAMBRE DE COMMERCE ET D INDUSTRIE DE REGION DES ILES DE GUADELOUPE</t>
+          <t>CIBC BRETAGNE</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>13001408700014</t>
+          <t>82152200000214</t>
         </is>
       </c>
       <c r="C109" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>CIBC 33</t>
+          <t>CIBC BRETAGNE</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>37791025200024</t>
+          <t>82152200000123</t>
         </is>
       </c>
       <c r="C110" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>CIBC AIN - HAUTE SAVOIE</t>
+          <t>CIBC BRETAGNE</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>39181737600059</t>
+          <t>82152200000172</t>
         </is>
       </c>
       <c r="C111" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>CIBC AIN - HAUTE SAVOIE</t>
+          <t>CIBC BRETAGNE</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>39181737600067</t>
+          <t>82152200000131</t>
         </is>
       </c>
       <c r="C112" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>CIBC BOURGOGNE SUD</t>
+          <t>CIBC BRETAGNE</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>38968495200077</t>
+          <t>82152200000222</t>
         </is>
       </c>
       <c r="C113" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>CIBC BOURGOGNE SUD</t>
+          <t>CIBC BRETAGNE</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>38968495200069</t>
+          <t>82152200000289</t>
         </is>
       </c>
       <c r="C114" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>CIBC BOURGOGNE SUD</t>
+          <t>CIBC BRETAGNE</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>38968495200135</t>
+          <t>82152200000164</t>
         </is>
       </c>
       <c r="C115" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>CIBC BOURGOGNE SUD</t>
+          <t>CIBC BRETAGNE</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>38968495200044</t>
+          <t>82152200000248</t>
         </is>
       </c>
       <c r="C116" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="1" t="inlineStr">
         <is>
           <t>CIBC BRETAGNE</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>82152200000107</t>
+          <t>82152200000032</t>
         </is>
       </c>
       <c r="C117" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="1" t="inlineStr">
         <is>
           <t>CIBC BRETAGNE</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>82152200000214</t>
+          <t>82152200000263</t>
         </is>
       </c>
       <c r="C118" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="1" t="inlineStr">
         <is>
           <t>CIBC BRETAGNE</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>82152200000123</t>
+          <t>82152200000156</t>
         </is>
       </c>
       <c r="C119" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="1" t="inlineStr">
         <is>
           <t>CIBC BRETAGNE</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>82152200000172</t>
+          <t>82152200000198</t>
         </is>
       </c>
       <c r="C120" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="1" t="inlineStr">
         <is>
           <t>CIBC BRETAGNE</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>82152200000131</t>
+          <t>82152200000271</t>
         </is>
       </c>
       <c r="C121" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="1" t="inlineStr">
         <is>
           <t>CIBC BRETAGNE</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>82152200000222</t>
+          <t>82152200000180</t>
         </is>
       </c>
       <c r="C122" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>CIBC BRETAGNE</t>
+          <t>CIBC DES PAYS DE LA LOIRE</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>82152200000289</t>
+          <t>43272508300062</t>
         </is>
       </c>
       <c r="C123" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>CIBC BRETAGNE</t>
+          <t>CIBC DES PAYS DE LA LOIRE</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>82152200000164</t>
+          <t>43272508300039</t>
         </is>
       </c>
       <c r="C124" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>CIBC BRETAGNE</t>
+          <t>CIBC OCCITANIE PYRENEES</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>82152200000248</t>
+          <t>37822756500033</t>
         </is>
       </c>
       <c r="C125" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>CIBC BRETAGNE</t>
+          <t>CIBC SUD AQUITAINE</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>82152200000032</t>
+          <t>38256928300098</t>
         </is>
       </c>
       <c r="C126" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>CIBC BRETAGNE</t>
+          <t>CIBC SUD AQUITAINE</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>82152200000263</t>
+          <t>38256928300106</t>
         </is>
       </c>
       <c r="C127" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>CIBC BRETAGNE</t>
+          <t>CIBC SUD AQUITAINE</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>82152200000156</t>
+          <t>38256928300114</t>
         </is>
       </c>
       <c r="C128" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>CIBC BRETAGNE</t>
+          <t>CIBC SUD AQUITAINE</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>82152200000198</t>
+          <t>38256928300080</t>
         </is>
       </c>
       <c r="C129" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>CIBC BRETAGNE</t>
+          <t>CIDFF 07</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>82152200000271</t>
+          <t>32932539300059</t>
         </is>
       </c>
       <c r="C130" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>CIBC BRETAGNE</t>
+          <t>CIERES</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>82152200000180</t>
+          <t>39870780200045</t>
         </is>
       </c>
       <c r="C131" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>CIBC DES PAYS DE LA LOIRE</t>
+          <t>CIPECMA</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>43272508300062</t>
+          <t>78128367600018</t>
         </is>
       </c>
       <c r="C132" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>CIBC DES PAYS DE LA LOIRE</t>
+          <t>CLPS L ENJEU COMPETENCES</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>43272508300039</t>
+          <t>32159164600377</t>
         </is>
       </c>
       <c r="C133" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>CIBC OCCITANIE PYRENEES</t>
+          <t>CLPS L ENJEU COMPETENCES</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>37822756500033</t>
+          <t>32159164600484</t>
         </is>
       </c>
       <c r="C134" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>CIBC SUD AQUITAINE</t>
+          <t>CLPS L ENJEU COMPETENCES</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>38256928300098</t>
+          <t>32159164600492</t>
         </is>
       </c>
       <c r="C135" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>CIBC SUD AQUITAINE</t>
+          <t>CLPS L ENJEU DES COMPETENCES</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>38256928300106</t>
+          <t>32159164600328</t>
         </is>
       </c>
       <c r="C136" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>CIBC SUD AQUITAINE</t>
+          <t>CLPS L'ENJEU COMPETENCES</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>38256928300114</t>
+          <t>32159164600419</t>
         </is>
       </c>
       <c r="C137" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>CIBC SUD AQUITAINE</t>
+          <t>CLPS L'ENJEU COMPETENCES</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>38256928300080</t>
+          <t>32159164600500</t>
         </is>
       </c>
       <c r="C138" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>CIDFF 07</t>
+          <t>CMA - CVL 28</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>32932539300059</t>
+          <t>13002798000148</t>
         </is>
       </c>
       <c r="C139" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>CIERES</t>
+          <t>CMAR CENTRE VAL-DE LOIRE</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>39870780200045</t>
+          <t>13002798000015</t>
         </is>
       </c>
       <c r="C140" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>CIPECMA</t>
+          <t>CMAR CVL-CMA 18</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>78128367600018</t>
+          <t>13002798000098</t>
         </is>
       </c>
       <c r="C141" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>CMAR AUVERGNE-RHONE-ALPES</t>
+          <t>CMAR CVL-CMA 36</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>13002795600015</t>
+          <t>13002798000106</t>
         </is>
       </c>
       <c r="C142" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>CMAR CENTRE VAL-DE LOIRE</t>
+          <t>CMAR CVL-CMA 37</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>13002798000015</t>
+          <t>13002798000072</t>
         </is>
       </c>
       <c r="C143" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>CMAR CVL-CMA 18</t>
+          <t>CMAR CVL-CMA 41</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>13002798000098</t>
+          <t>13002798000056</t>
         </is>
       </c>
       <c r="C144" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>CMAR CVL-CMA 36</t>
+          <t>COHERENCE DES PROJETS &amp; DES HOMMES</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>13002798000106</t>
+          <t>39065906800048</t>
         </is>
       </c>
       <c r="C145" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>CMAR CVL-CMA 37</t>
+          <t>COLLEGE RAIZET</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>13002798000072</t>
+          <t>19971405600025</t>
         </is>
       </c>
       <c r="C146" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>CMAR CVL-CMA 41</t>
+          <t>COMITE LOCAL INSERTION PROFESSIONELLE SOCIALE</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>13002798000056</t>
+          <t>33270195200076</t>
         </is>
       </c>
       <c r="C147" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>COHERENCE DES PROJETS &amp; DES HOMMES</t>
+          <t>CONSEILS CONSULTANT COMMUNICATION ET FORMATION ADAPTATION QUALITE</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>39065906800048</t>
+          <t>34884481200035</t>
         </is>
       </c>
       <c r="C148" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>COLLEGE RAIZET</t>
+          <t>CORYLUS FORMATIONS</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>19971405600025</t>
+          <t>31176845100040</t>
         </is>
       </c>
       <c r="C149" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>COMITE LOCAL INSERTION PROFESSIONELLE SOCIALE</t>
+          <t>COURS ET FORMATION EST-REUNION</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>33270195200076</t>
+          <t>49936638300036</t>
         </is>
       </c>
       <c r="C150" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>COMPETENCES RH</t>
+          <t>CTRE DE FORMATIONS PERSONNALISEES 02</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>80366095000012</t>
+          <t>44012066500029</t>
         </is>
       </c>
       <c r="C151" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>CONSEILS CONSULTANT COMMUNICATION ET FORMATION ADAPTATION QUALITE</t>
+          <t>CTRE EVOLUTIF FORMATION ADAPTATION PRO..</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>34884481200035</t>
+          <t>37865526000040</t>
         </is>
       </c>
       <c r="C152" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>CORYLUS FORMATIONS</t>
+          <t>CTRE FORMATION APPRENTIS PAYS MONTBELIAR</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>31176845100040</t>
+          <t>37931209300014</t>
         </is>
       </c>
       <c r="C153" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>COURS ET FORMATION EST-REUNION</t>
+          <t>DEFI 83</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>49936638300036</t>
+          <t>38172504300032</t>
         </is>
       </c>
       <c r="C154" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>CTRE DE FORMATIONS PERSONNALISEES 02</t>
+          <t>DELEGATION AUVERGNE RHONE ALPES</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>44012066500029</t>
+          <t>18001404500231</t>
         </is>
       </c>
       <c r="C155" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>CTRE EVOLUTIF FORMATION ADAPTATION PRO..</t>
+          <t>DELEGATION BOURGOGNE FRANCHE COMTE</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>37865526000040</t>
+          <t>18001404502013</t>
         </is>
       </c>
       <c r="C156" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>CTRE FORMATION APPRENTIS PAYS MONTBELIAR</t>
+          <t>DELEGATION CENTRE-VAL DE LOIRE</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>37931209300014</t>
+          <t>18001404502617</t>
         </is>
       </c>
       <c r="C157" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>DEFI 83</t>
+          <t>DELEGATION CORSE</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>38172504300032</t>
+          <t>18001404501239</t>
         </is>
       </c>
       <c r="C158" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>DELEGATION AUVERGNE RHONE ALPES</t>
+          <t>DELEGATION DE LA GUADELOUPE</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>18001404500231</t>
+          <t>18001404502682</t>
         </is>
       </c>
       <c r="C159" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>DELEGATION BOURGOGNE FRANCHE COMTE</t>
+          <t>DELEGATION DE MAYOTTE</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>18001404502013</t>
+          <t>18001404502187</t>
         </is>
       </c>
       <c r="C160" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>DELEGATION CENTRE-VAL DE LOIRE</t>
+          <t>DELEGATION GRAND EST</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>18001404502617</t>
+          <t>18001404502120</t>
         </is>
       </c>
       <c r="C161" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>DELEGATION CORSE</t>
+          <t>DELEGATION GUYANE</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>18001404501239</t>
+          <t>18001404501924</t>
         </is>
       </c>
       <c r="C162" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>DELEGATION DE LA GUADELOUPE</t>
+          <t>DELEGATION HAUTS DE FRANCE</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>18001404502682</t>
+          <t>18001404502393</t>
         </is>
       </c>
       <c r="C163" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>DELEGATION DE MAYOTTE</t>
+          <t>DELEGATION ILE DE FRANCE</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>18001404502187</t>
+          <t>18001404501643</t>
         </is>
       </c>
       <c r="C164" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>DELEGATION GRAND EST</t>
+          <t>DELEGATION NORMANDIE</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>18001404502120</t>
+          <t>18001404501668</t>
         </is>
       </c>
       <c r="C165" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>DELEGATION GUYANE</t>
+          <t>DELEGATION NOUVELLE AQUITAINE</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>18001404501924</t>
+          <t>18001404502021</t>
         </is>
       </c>
       <c r="C166" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>DELEGATION HAUTS DE FRANCE</t>
+          <t>DELEGATION OCCITANIE</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>18001404502393</t>
+          <t>18001404502567</t>
         </is>
       </c>
       <c r="C167" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>DELEGATION ILE DE FRANCE</t>
+          <t>DELEGATION REGIONALE DE BRETAGNE</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>18001404501643</t>
+          <t>18001404500132</t>
         </is>
       </c>
       <c r="C168" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>DELEGATION NORMANDIE</t>
+          <t>DELEGATION REGIONALE DE LA MARTINIQUE</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>18001404501668</t>
+          <t>18001404501932</t>
         </is>
       </c>
       <c r="C169" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>DELEGATION NOUVELLE AQUITAINE</t>
+          <t>DELEGATION REGIONALE DE LA REUNION</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>18001404502021</t>
+          <t>18001404500454</t>
         </is>
       </c>
       <c r="C170" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>DELEGATION OCCITANIE</t>
+          <t>DELEGATION REGIONALE DE P.A.C.A</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>18001404502567</t>
+          <t>18001404500215</t>
         </is>
       </c>
       <c r="C171" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>DELEGATION REGIONALE DE BRETAGNE</t>
+          <t>DEVENIR EN VERMANDOIS</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>18001404500132</t>
+          <t>38128472800031</t>
         </is>
       </c>
       <c r="C172" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>DELEGATION REGIONALE DE LA MARTINIQUE</t>
+          <t>DIFFUSION CONCEPT FORMATION REUNION</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>18001404501932</t>
+          <t>52463423500021</t>
         </is>
       </c>
       <c r="C173" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>DELEGATION REGIONALE DE LA REUNION</t>
+          <t>DYNAMISE</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>18001404500454</t>
+          <t>95365399500019</t>
         </is>
       </c>
       <c r="C174" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>DELEGATION REGIONALE DE P.A.C.A</t>
+          <t>ECOLE D ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE ET MOSELLE</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>18001404500215</t>
+          <t>88280019600017</t>
         </is>
       </c>
       <c r="C175" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>DEVENIR EN VERMANDOIS</t>
+          <t>ECOLE SUPERIEUR DE COMMERCE ET DE GESTION DE MAYOTTE</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>38128472800031</t>
+          <t>80341269100021</t>
         </is>
       </c>
       <c r="C176" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>DIFFUSION CONCEPT FORMATION REUNION</t>
+          <t>EDUCALIS</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>52463423500021</t>
+          <t>49068575700034</t>
         </is>
       </c>
       <c r="C177" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>DYNAMISE</t>
+          <t>EDUCATION ET FORMATION</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>95365399500019</t>
+          <t>34061501200077</t>
         </is>
       </c>
       <c r="C178" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>EASY SUCCESS</t>
+          <t>EDUCATION ET FORMATION</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>52885000100025</t>
+          <t>34061501200101</t>
         </is>
       </c>
       <c r="C179" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>EASY SUCCESS</t>
+          <t>EDUCATION ET FORMATION</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>52885000100033</t>
+          <t>34061501200143</t>
         </is>
       </c>
       <c r="C180" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>ECOLE D ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE ET MOSELLE</t>
+          <t>EDUCATION ET FORMATION</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>88280019600017</t>
+          <t>34061501200242</t>
         </is>
       </c>
       <c r="C181" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>ECOLE SUPERIEUR DE COMMERCE ET DE GESTION DE MAYOTTE</t>
+          <t>EDUCATION ET FORMATION</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>80341269100021</t>
+          <t>34061501200283</t>
         </is>
       </c>
       <c r="C182" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>EDUCALIS</t>
+          <t>EDUCATION ET FORMATION</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>49068575700034</t>
+          <t>34061501200093</t>
         </is>
       </c>
       <c r="C183" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="1" t="inlineStr">
         <is>
           <t>EDUCATION ET FORMATION</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>34061501200077</t>
+          <t>34061501200127</t>
         </is>
       </c>
       <c r="C184" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="1" t="inlineStr">
         <is>
           <t>EDUCATION ET FORMATION</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>34061501200101</t>
+          <t>34061501200259</t>
         </is>
       </c>
       <c r="C185" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>EDUCATION ET FORMATION</t>
+          <t>EI GROUPE</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>34061501200143</t>
+          <t>49072580100040</t>
         </is>
       </c>
       <c r="C186" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>EDUCATION ET FORMATION</t>
+          <t>EI GROUPE</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>34061501200242</t>
+          <t>49072580100057</t>
         </is>
       </c>
       <c r="C187" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>EDUCATION ET FORMATION</t>
+          <t>EI GROUPE</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>34061501200283</t>
+          <t>49072580100065</t>
         </is>
       </c>
       <c r="C188" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>EDUCATION ET FORMATION</t>
+          <t>EI GROUPE</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>34061501200093</t>
+          <t>49072580100073</t>
         </is>
       </c>
       <c r="C189" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>EDUCATION ET FORMATION</t>
+          <t>EI GROUPE</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>34061501200127</t>
+          <t>49072580100081</t>
         </is>
       </c>
       <c r="C190" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>EDUCATION ET FORMATION</t>
+          <t>ENVERGURE</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>34061501200259</t>
+          <t>53014903800719</t>
         </is>
       </c>
       <c r="C191" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>EI GROUPE</t>
+          <t>ENVOL FORMATION</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>49072580100040</t>
+          <t>45085493000036</t>
         </is>
       </c>
       <c r="C192" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>EI GROUPE</t>
+          <t>EOLIA FORMATION</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>49072580100057</t>
+          <t>42410274700047</t>
         </is>
       </c>
       <c r="C193" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>EI GROUPE</t>
+          <t>ESPACE  RESSOURCES  NORD CARAIBE</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>49072580100065</t>
+          <t>75261935300028</t>
         </is>
       </c>
       <c r="C194" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>EI GROUPE</t>
+          <t>ESPACE PERMANENT INSERTION ECONOM FORMAT</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>49072580100073</t>
+          <t>41888324500049</t>
         </is>
       </c>
       <c r="C195" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>EI GROUPE</t>
+          <t>ESSENSYS FCOI</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>49072580100081</t>
+          <t>53331452200046</t>
         </is>
       </c>
       <c r="C196" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>ENVOL FORMATION</t>
+          <t>ESSENSYS FCOI</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>45085493000036</t>
+          <t>53331452200053</t>
         </is>
       </c>
       <c r="C197" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>EOLIA FORMATION</t>
+          <t>EUROPASS ACADEMY STRASBOURG</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>42410274700047</t>
+          <t>91448785500019</t>
         </is>
       </c>
       <c r="C198" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>ESPACE  RESSOURCES  NORD CARAIBE</t>
+          <t>EXCELLENTIA FORMATION</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>75261935300028</t>
+          <t>83171383900023</t>
         </is>
       </c>
       <c r="C199" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>ESPACE PERMANENT INSERTION ECONOM FORMAT</t>
+          <t>EXEGO</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>41888324500049</t>
+          <t>43201196300050</t>
         </is>
       </c>
       <c r="C200" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>ESSENSYS FCOI</t>
+          <t>FF FORMATIONS</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>53331452200046</t>
+          <t>89821219600015</t>
         </is>
       </c>
       <c r="C201" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>ESSENSYS FCOI</t>
+          <t>FLC FORMATION</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>53331452200053</t>
+          <t>34539593300046</t>
         </is>
       </c>
       <c r="C202" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>EUROPASS ACADEMY STRASBOURG</t>
+          <t>FONDATION COS ALEXANDRE GLASBERG</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>91448785500019</t>
+          <t>77565757000559</t>
         </is>
       </c>
       <c r="C203" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>EUROPEENNE DE FORMATION &amp; AVENIR DIGITAL (EUROFAD)</t>
+          <t>FORJECNOR 2000</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>89844987100018</t>
+          <t>40432236400013</t>
         </is>
       </c>
       <c r="C204" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>EVOCIME FORMATIONS COMPORTEMENTALES</t>
+          <t>FORMATEURS DE BOURBON</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>31184296700284</t>
+          <t>37945726000014</t>
         </is>
       </c>
       <c r="C205" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>EVOCIME FORMATIONS COMPORTEMENTALES</t>
+          <t>FORMATION PROFESSIONNELLE DE TOURAINE</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>31184296700276</t>
+          <t>34029140000018</t>
         </is>
       </c>
       <c r="C206" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>EVOCIME FORMATIONS COMPORTEMENTALES</t>
+          <t>FRANCE LANGUES COMMUNICATION</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>31184296700177</t>
+          <t>34539593300038</t>
         </is>
       </c>
       <c r="C207" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>EVOCIME FORMATIONS COMPORTEMENTALES</t>
+          <t>FRATE FORMATION CONSEIL</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>31184296700185</t>
+          <t>78162137000282</t>
         </is>
       </c>
       <c r="C208" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>EVOCIME FORMATIONS COMPORTEMENTALES</t>
+          <t>FRATE FORMATION CONSEIL</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>31184296700193</t>
+          <t>78162137000233</t>
         </is>
       </c>
       <c r="C209" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>EVOCIME FORMATIONS COMPORTEMENTALES</t>
+          <t>FRATE FORMATION CONSEIL</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>31184296700219</t>
+          <t>78162137000258</t>
         </is>
       </c>
       <c r="C210" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>EVOCIME FORMATIONS COMPORTEMENTALES</t>
+          <t>FRATE FORMATION CONSEIL</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>31184296700227</t>
+          <t>78162137000175</t>
         </is>
       </c>
       <c r="C211" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>EVOCIME FORMATIONS COMPORTEMENTALES</t>
+          <t>FRATE FORMATION CONSEIL</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>31184296700235</t>
+          <t>78162137000266</t>
         </is>
       </c>
       <c r="C212" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>EVOCIME FORMATIONS COMPORTEMENTALES</t>
+          <t>FRATE FORMATION CONSEIL</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>31184296700250</t>
+          <t>78162137000159</t>
         </is>
       </c>
       <c r="C213" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>EVOCIME FORMATIONS COMPORTEMENTALES</t>
+          <t>GIP FORMATION CONTINUE ET INSERTION PROFESSIONNELLE REUNION</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>31184296700268</t>
+          <t>18974221600022</t>
         </is>
       </c>
       <c r="C214" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>EXCELLENTIA FORMATION</t>
+          <t>GIPFI SCOP</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>83171383900023</t>
+          <t>80080468400028</t>
         </is>
       </c>
       <c r="C215" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>EXEGO</t>
+          <t>GRETA</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>43201196300050</t>
+          <t>19250043700046</t>
         </is>
       </c>
       <c r="C216" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>FF FORMATIONS</t>
+          <t>GRETA 21</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>89821219600015</t>
+          <t>19210018800031</t>
         </is>
       </c>
       <c r="C217" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>FLC FORMATION</t>
+          <t>GRETA 58</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>34539593300046</t>
+          <t>19580050300037</t>
         </is>
       </c>
       <c r="C218" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>FONDATION COS ALEXANDRE GLASBERG</t>
+          <t>GRETA 71 SUD BOURGOGNE</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>77565757000559</t>
+          <t>19710012600022</t>
         </is>
       </c>
       <c r="C219" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>FORJECNOR 2000</t>
+          <t>GRETA 89</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>40432236400013</t>
+          <t>19890005200020</t>
         </is>
       </c>
       <c r="C220" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>FORMATEURS DE BOURBON</t>
+          <t>GRETA ALSACE SUD</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>37945726000014</t>
+          <t>19680010600037</t>
         </is>
       </c>
       <c r="C221" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>FORMATION PROFESSIONNELLE DE TOURAINE</t>
+          <t>GRETA CLERMONT-AUVERGNE</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>34029140000018</t>
+          <t>19630021400042</t>
         </is>
       </c>
       <c r="C222" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>FRANCE LANGUES COMMUNICATION</t>
+          <t>GRETA DE L'AIN</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>34539593300038</t>
+          <t>19010016400028</t>
         </is>
       </c>
       <c r="C223" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>FRATE FORMATION CONSEIL</t>
+          <t>GRETA DE L'ESSONNE</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>78162137000282</t>
+          <t>19910620400027</t>
         </is>
       </c>
       <c r="C224" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>FRATE FORMATION CONSEIL</t>
+          <t>GRETA DE LA MANCHE</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>78162137000233</t>
+          <t>19501219000029</t>
         </is>
       </c>
       <c r="C225" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>FRATE FORMATION CONSEIL</t>
+          <t>GRETA GRAND ARTOIS</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>78162137000258</t>
+          <t>19623328200058</t>
         </is>
       </c>
       <c r="C226" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>FRATE FORMATION CONSEIL</t>
+          <t>GRETA GRAND LITTORAL</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>78162137000175</t>
+          <t>19620062000025</t>
         </is>
       </c>
       <c r="C227" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>FRATE FORMATION CONSEIL</t>
+          <t>GRETA GRPT ETS POUR FORMAT CONTINUE</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>78162137000266</t>
+          <t>19250011400025</t>
         </is>
       </c>
       <c r="C228" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>FRATE FORMATION CONSEIL</t>
+          <t>GRETA LORRAINE NORD</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>78162137000159</t>
+          <t>19570057000037</t>
         </is>
       </c>
       <c r="C229" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>GIP FORMATION CONTINUE ET INSERTION PROFESSIONNELLE REUNION</t>
+          <t>GRETA PORTES NORMANDES</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>18974221600022</t>
+          <t>19270016900027</t>
         </is>
       </c>
       <c r="C230" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>GIPFI SCOP</t>
+          <t>GRETA RHONE</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>80080468400028</t>
+          <t>19691644900024</t>
         </is>
       </c>
       <c r="C231" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>GRETA</t>
+          <t>GRETA SEINE-ET-MARNE</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>19250043700046</t>
+          <t>19770922300204</t>
         </is>
       </c>
       <c r="C232" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>GRETA 21</t>
+          <t>GRETA STRASBOURG EUROPE</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>19210018800031</t>
+          <t>19672198900040</t>
         </is>
       </c>
       <c r="C233" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>GRETA 58</t>
+          <t>GRETA-CFA 49</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>19580050300037</t>
+          <t>19490003100023</t>
         </is>
       </c>
       <c r="C234" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>GRETA 71 SUD BOURGOGNE</t>
+          <t>GRETA-CFA DE VENDEE</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>19710012600022</t>
+          <t>19850028200035</t>
         </is>
       </c>
       <c r="C235" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>GRETA 89</t>
+          <t>GRETA-CFA DES COTES D'ARMOR</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>19890005200020</t>
+          <t>19220058200034</t>
         </is>
       </c>
       <c r="C236" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>GRETA ALSACE SUD</t>
+          <t>GRETA-CFA DU MAINE</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>19680010600037</t>
+          <t>19720033000029</t>
         </is>
       </c>
       <c r="C237" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>GRETA CLERMONT-AUVERGNE</t>
+          <t>GROUPE AVENIR PERFORMANCE</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>19630021400042</t>
+          <t>81816339600018</t>
         </is>
       </c>
       <c r="C238" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>GRETA DE L'AIN</t>
+          <t>GROUPEMENT D INTERET PUBLIC PIX</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>19010016400028</t>
+          <t>13002343500022</t>
         </is>
       </c>
       <c r="C239" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>GRETA DE L'ESSONNE</t>
+          <t>GUADELOUPE FORMATION</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>19910620400027</t>
+          <t>20004533400014</t>
         </is>
       </c>
       <c r="C240" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>GRETA DE LA MANCHE</t>
+          <t>HESIO CONSEIL</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>19501219000029</t>
+          <t>53037976700037</t>
         </is>
       </c>
       <c r="C241" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>GRETA DES MONTS DU CANTAL</t>
+          <t>HOMMES ET SAVOIRS</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>19150006500039</t>
+          <t>43292624400109</t>
         </is>
       </c>
       <c r="C242" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>GRETA DU BASSIN DORE - ALLIER</t>
+          <t>HORIZONS</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>19030051700025</t>
+          <t>42826196000036</t>
         </is>
       </c>
       <c r="C243" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>GRETA GRAND ARTOIS</t>
+          <t>I.F.L.</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>19623328200058</t>
+          <t>79196228500023</t>
         </is>
       </c>
       <c r="C244" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>GRETA GRAND LITTORAL</t>
+          <t>ID CHATEAU-THIERRY</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>19620062000025</t>
+          <t>40073444800717</t>
         </is>
       </c>
       <c r="C245" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>GRETA GRPT ETS POUR FORMAT CONTINUE</t>
+          <t>ID COMPIEGNE</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>19250011400025</t>
+          <t>40073444800758</t>
         </is>
       </c>
       <c r="C246" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>GRETA LORRAINE NORD</t>
+          <t>ID FORMATION ROUBAIX</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>19570057000037</t>
+          <t>40073444800162</t>
         </is>
       </c>
       <c r="C247" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>GRETA PORTES NORMANDES</t>
+          <t>IDC FORMATION</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>19270016900027</t>
+          <t>78959188000198</t>
         </is>
       </c>
       <c r="C248" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>GRETA RHONE</t>
+          <t>IDC FORMATION</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>19691644900024</t>
+          <t>78959188000271</t>
         </is>
       </c>
       <c r="C249" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>GRETA SEINE-ET-MARNE</t>
+          <t>IDEV</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>19770922300204</t>
+          <t>91311071400015</t>
         </is>
       </c>
       <c r="C250" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>GRETA STRASBOURG EUROPE</t>
+          <t>ILLIADE FORMATION</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>19672198900040</t>
+          <t>51039237600032</t>
         </is>
       </c>
       <c r="C251" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>GRETA-CFA 49</t>
+          <t>INFA CANTAL</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>19490003100023</t>
+          <t>78574029100139</t>
         </is>
       </c>
       <c r="C252" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>GRETA-CFA DE VENDEE</t>
+          <t>INFA GOUVIEUX</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>19850028200035</t>
+          <t>78574029100071</t>
         </is>
       </c>
       <c r="C253" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>GRETA-CFA DES COTES D'ARMOR</t>
+          <t>INFA HERAULT</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>19220058200034</t>
+          <t>78574029100220</t>
         </is>
       </c>
       <c r="C254" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>GRETA-CFA DU MAINE</t>
+          <t>ING CONFORM</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>19720033000029</t>
+          <t>84924385200019</t>
         </is>
       </c>
       <c r="C255" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>GROUPE AVENIR PERFORMANCE</t>
+          <t>INNOVATION DEVELOPPEMENT FORMATION</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>81816339600018</t>
+          <t>40073444800311</t>
         </is>
       </c>
       <c r="C256" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>GROUPEMENT D INTERET PUBLIC PIX</t>
+          <t>INNOVATION DEVELOPPEMENT FORMATION</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>13002343500022</t>
+          <t>40073444800253</t>
         </is>
       </c>
       <c r="C257" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>GUADELOUPE FORMATION</t>
+          <t>INNOVATION DEVELOPPEMENT FORMATION</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>20004533400014</t>
+          <t>40073444800022</t>
         </is>
       </c>
       <c r="C258" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>HESIO CONSEIL</t>
+          <t>INNOVATION DEVELOPPEMENT FORMATION</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>53037976700037</t>
+          <t>40073444800113</t>
         </is>
       </c>
       <c r="C259" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>HOMMES ET SAVOIRS</t>
+          <t>INNOVATION DEVELOPPEMENT FORMATION</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>43292624400109</t>
+          <t>40073444800121</t>
         </is>
       </c>
       <c r="C260" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>HORIZONS</t>
+          <t>INNOVATION DEVELOPPEMENT FORMATION</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>42826196000036</t>
+          <t>40073444800196</t>
         </is>
       </c>
       <c r="C261" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>HYPATIE</t>
+          <t>INNOVATION DEVELOPPEMENT FORMATION</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>88941941200016</t>
+          <t>40073444800212</t>
         </is>
       </c>
       <c r="C262" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>I.F.L.</t>
+          <t>INNOVATION DEVELOPPEMENT FORMATION</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>79196228500023</t>
+          <t>40073444800220</t>
         </is>
       </c>
       <c r="C263" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>ID CHATEAU-THIERRY</t>
+          <t>INNOVATION DEVELOPPEMENT FORMATION</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>40073444800717</t>
+          <t>40073444800238</t>
         </is>
       </c>
       <c r="C264" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>ID COMPIEGNE</t>
+          <t>INSERSITE</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>40073444800758</t>
+          <t>53887697000038</t>
         </is>
       </c>
       <c r="C265" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>ID FORMATION ROUBAIX</t>
+          <t>INST NAT FORMAT APPLIC CTRE CULTURE OUVR</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>40073444800162</t>
+          <t>78574029100394</t>
         </is>
       </c>
       <c r="C266" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>IDC FORMATION</t>
+          <t>INST NAT FORMAT APPLIC CTRE CULTURE OUVR</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>78959188000198</t>
+          <t>78574029100766</t>
         </is>
       </c>
       <c r="C267" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>IDC FORMATION</t>
+          <t>INST NAT FORMAT APPLIC CTRE CULTURE OUVR</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>78959188000271</t>
+          <t>78574029100816</t>
         </is>
       </c>
       <c r="C268" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>IDEV</t>
+          <t>INST NAT FORMAT APPLIC CTRE CULTURE OUVR</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>91311071400015</t>
+          <t>78574029100840</t>
         </is>
       </c>
       <c r="C269" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>ILLIADE FORMATION</t>
+          <t>INST NAT FORMAT APPLIC CTRE CULTURE OUVR</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>51039237600032</t>
+          <t>78574029100857</t>
         </is>
       </c>
       <c r="C270" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>INFA CANTAL</t>
+          <t>INST NAT FORMAT APPLIC CTRE CULTURE OUVR</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>78574029100139</t>
+          <t>78574029100915</t>
         </is>
       </c>
       <c r="C271" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>INFA GOUVIEUX</t>
+          <t>INST NAT FORMAT APPLIC CTRE CULTURE OUVR</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>78574029100071</t>
+          <t>78574029100931</t>
         </is>
       </c>
       <c r="C272" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>INFA HERAULT</t>
+          <t>INSTITUT ARITAS FORMATION</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>78574029100220</t>
+          <t>53396464900032</t>
         </is>
       </c>
       <c r="C273" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>ING CONFORM</t>
+          <t>INSTITUT ARITAS FORMATION</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>84924385200019</t>
+          <t>53396464900040</t>
         </is>
       </c>
       <c r="C274" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>INNOVATION DEVELOPPEMENT FORMATION</t>
+          <t>INSTITUT ARITAS FORMATION</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>40073444800311</t>
+          <t>53396464900016</t>
         </is>
       </c>
       <c r="C275" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>INNOVATION DEVELOPPEMENT FORMATION</t>
+          <t>INSTITUT ARITAS FORMATION</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>40073444800253</t>
+          <t>53396464900024</t>
         </is>
       </c>
       <c r="C276" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>INNOVATION DEVELOPPEMENT FORMATION</t>
+          <t>INSTITUT DON BOSCO</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>40073444800022</t>
+          <t>78190352100016</t>
         </is>
       </c>
       <c r="C277" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>INNOVATION DEVELOPPEMENT FORMATION</t>
+          <t>INSTITUT FORMATION RHONE ALPES</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>40073444800113</t>
+          <t>31065677200202</t>
         </is>
       </c>
       <c r="C278" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>INNOVATION DEVELOPPEMENT FORMATION</t>
+          <t>INSTITUT NATIONAL DE FORMATION ET D'APPLICATION DU CENTRE DE CULTURE OUVRIERE - INFA</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>40073444800121</t>
+          <t>78574029101046</t>
         </is>
       </c>
       <c r="C279" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>INNOVATION DEVELOPPEMENT FORMATION</t>
+          <t>INSTITUT NATIONAL DE FORMATION ET D'APPLICATION DU CENTRE DE CULTURE OUVRIERE - INFA</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>40073444800196</t>
+          <t>78574029100998</t>
         </is>
       </c>
       <c r="C280" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>INNOVATION DEVELOPPEMENT FORMATION</t>
+          <t>INSTITUT NATIONAL DE FORMATION ET D'APPLICATION DU CENTRE DE CULTURE OUVRIERE - INFA</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>40073444800212</t>
+          <t>78574029101020</t>
         </is>
       </c>
       <c r="C281" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>INNOVATION DEVELOPPEMENT FORMATION</t>
+          <t>INSUP AQUITAINE</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>40073444800220</t>
+          <t>31754202500539</t>
         </is>
       </c>
       <c r="C282" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>INNOVATION DEVELOPPEMENT FORMATION</t>
+          <t>INSUP AQUITAINE</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>40073444800238</t>
+          <t>31754202500042</t>
         </is>
       </c>
       <c r="C283" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>INST NAT FORMAT APPLIC CTRE CULTURE OUVR</t>
+          <t>INSUP AQUITAINE</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>78574029100394</t>
+          <t>31754202500067</t>
         </is>
       </c>
       <c r="C284" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>INST NAT FORMAT APPLIC CTRE CULTURE OUVR</t>
+          <t>INSUP AQUITAINE</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>78574029100766</t>
+          <t>31754202500117</t>
         </is>
       </c>
       <c r="C285" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>INST NAT FORMAT APPLIC CTRE CULTURE OUVR</t>
+          <t>INSUP AQUITAINE</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>78574029100816</t>
+          <t>31754202500133</t>
         </is>
       </c>
       <c r="C286" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>INST NAT FORMAT APPLIC CTRE CULTURE OUVR</t>
+          <t>INSUP AQUITAINE</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>78574029100840</t>
+          <t>31754202500174</t>
         </is>
       </c>
       <c r="C287" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>INST NAT FORMAT APPLIC CTRE CULTURE OUVR</t>
+          <t>INSUP AQUITAINE</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>78574029100857</t>
+          <t>31754202500182</t>
         </is>
       </c>
       <c r="C288" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>INST NAT FORMAT APPLIC CTRE CULTURE OUVR</t>
+          <t>INSUP AQUITAINE</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>78574029100915</t>
+          <t>31754202500224</t>
         </is>
       </c>
       <c r="C289" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>INST NAT FORMAT APPLIC CTRE CULTURE OUVR</t>
+          <t>INSUP AQUITAINE</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>78574029100931</t>
+          <t>31754202500265</t>
         </is>
       </c>
       <c r="C290" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>INSTITUT ARITAS FORMATION</t>
+          <t>INSUP AQUITAINE</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>53396464900032</t>
+          <t>31754202500307</t>
         </is>
       </c>
       <c r="C291" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>INSTITUT ARITAS FORMATION</t>
+          <t>INSUP AQUITAINE</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>53396464900040</t>
+          <t>31754202500356</t>
         </is>
       </c>
       <c r="C292" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>INSTITUT ARITAS FORMATION</t>
+          <t>INSUP AQUITAINE</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>53396464900016</t>
+          <t>31754202500364</t>
         </is>
       </c>
       <c r="C293" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>INSTITUT ARITAS FORMATION</t>
+          <t>INSUP AQUITAINE</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>53396464900024</t>
+          <t>31754202500406</t>
         </is>
       </c>
       <c r="C294" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>INSTITUT DON BOSCO</t>
+          <t>INSUP AQUITAINE</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>78190352100016</t>
+          <t>31754202500422</t>
         </is>
       </c>
       <c r="C295" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>INSTITUT FORMATION RHONE ALPES</t>
+          <t>INSUP AQUITAINE</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>31065677200202</t>
+          <t>31754202500430</t>
         </is>
       </c>
       <c r="C296" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>INSTITUT NATIONAL DE FORMATION ET D'APPLICATION DU CENTRE DE CULTURE OUVRIERE - INFA</t>
+          <t>INSUP AQUITAINE</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>78574029101046</t>
+          <t>31754202500448</t>
         </is>
       </c>
       <c r="C297" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>INSTITUT NATIONAL DE FORMATION ET D'APPLICATION DU CENTRE DE CULTURE OUVRIERE - INFA</t>
+          <t>INSUP AQUITAINE</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>78574029100998</t>
+          <t>31754202500455</t>
         </is>
       </c>
       <c r="C298" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>INSTITUT NATIONAL DE FORMATION ET D'APPLICATION DU CENTRE DE CULTURE OUVRIERE - INFA</t>
+          <t>INSUP AQUITAINE</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>78574029101020</t>
+          <t>31754202500463</t>
         </is>
       </c>
       <c r="C299" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="1" t="inlineStr">
         <is>
           <t>INSUP AQUITAINE</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>31754202500539</t>
+          <t>31754202500497</t>
         </is>
       </c>
       <c r="C300" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="1" t="inlineStr">
         <is>
           <t>INSUP AQUITAINE</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>31754202500042</t>
+          <t>31754202500471</t>
         </is>
       </c>
       <c r="C301" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="1" t="inlineStr">
         <is>
           <t>INSUP AQUITAINE</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>31754202500067</t>
+          <t>31754202500489</t>
         </is>
       </c>
       <c r="C302" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="1" t="inlineStr">
         <is>
           <t>INSUP AQUITAINE</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>31754202500117</t>
+          <t>31754202500521</t>
         </is>
       </c>
       <c r="C303" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="1" t="inlineStr">
         <is>
           <t>INSUP AQUITAINE</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>31754202500133</t>
+          <t>31754202500513</t>
         </is>
       </c>
       <c r="C304" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>INSUP AQUITAINE</t>
+          <t>LA GRANDE CLASSE</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>31754202500174</t>
+          <t>50830418500020</t>
         </is>
       </c>
       <c r="C305" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>INSUP AQUITAINE</t>
+          <t>LA RONDE DES DECOUVERTES 08</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>31754202500182</t>
+          <t>39826663500034</t>
         </is>
       </c>
       <c r="C306" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>INSUP AQUITAINE</t>
+          <t>LE KALEIDOSCOPE (LE KA)</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>31754202500224</t>
+          <t>81902366400025</t>
         </is>
       </c>
       <c r="C307" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>INSUP AQUITAINE</t>
+          <t>LEGTA DE NIMES-RODILHAN</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>31754202500265</t>
+          <t>19300139300019</t>
         </is>
       </c>
       <c r="C308" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>INSUP AQUITAINE</t>
+          <t>LEO LAGRANGE FORMATION</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>31754202500307</t>
+          <t>31065677200335</t>
         </is>
       </c>
       <c r="C309" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>INSUP AQUITAINE</t>
+          <t>LEO LAGRANGE FORMATION</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>31754202500356</t>
+          <t>31065677200236</t>
         </is>
       </c>
       <c r="C310" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>INSUP AQUITAINE</t>
+          <t>LEO LAGRANGE FORMATION</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>31754202500364</t>
+          <t>31065677200343</t>
         </is>
       </c>
       <c r="C311" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>INSUP AQUITAINE</t>
+          <t>LEO LAGRANGE FORMATION</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>31754202500406</t>
+          <t>31065677200269</t>
         </is>
       </c>
       <c r="C312" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>INSUP AQUITAINE</t>
+          <t>LEO LAGRANGE FORMATION</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>31754202500422</t>
+          <t>31065677200319</t>
         </is>
       </c>
       <c r="C313" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>INSUP AQUITAINE</t>
+          <t>LES ATELIERS DE LA FORET</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>31754202500430</t>
+          <t>48321091000020</t>
         </is>
       </c>
       <c r="C314" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>INSUP AQUITAINE</t>
+          <t>LGT LYCEE DES METIERS MARIE CURIE</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>31754202500448</t>
+          <t>19600020200032</t>
         </is>
       </c>
       <c r="C315" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>INSUP AQUITAINE</t>
+          <t>LIEU-RESSOURCES-FORMATION</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>31754202500455</t>
+          <t>33398516600029</t>
         </is>
       </c>
       <c r="C316" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>INSUP AQUITAINE</t>
+          <t>LIGUE DE L ENSEIGNEMENT DE LA DORDOGNE</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>31754202500463</t>
+          <t>77557047600116</t>
         </is>
       </c>
       <c r="C317" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>INSUP AQUITAINE</t>
+          <t>LIGUE DE L'ENSEIGNEMENT DES ALPES-DE-HAUTE-PROVENCE</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>31754202500497</t>
+          <t>38883220600022</t>
         </is>
       </c>
       <c r="C318" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>INSUP AQUITAINE</t>
+          <t>LPO LYCEE DES METIERS FRANCOIS BAZIN</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>31754202500471</t>
+          <t>19080008600026</t>
         </is>
       </c>
       <c r="C319" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>INSUP AQUITAINE</t>
+          <t>LV CONSULTANTS</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>31754202500489</t>
+          <t>84167697600019</t>
         </is>
       </c>
       <c r="C320" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>INSUP AQUITAINE</t>
+          <t>LV CONSULTANTS</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>31754202500521</t>
+          <t>84167697600027</t>
         </is>
       </c>
       <c r="C321" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>INSUP AQUITAINE</t>
+          <t>LV CONSULTANTS</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>31754202500513</t>
+          <t>84167697600035</t>
         </is>
       </c>
       <c r="C322" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>LA GRANDE CLASSE</t>
+          <t>LYC GEN ET TECHNOLOGIQUE CONDORCET</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>50830418500020</t>
+          <t>19020050100038</t>
         </is>
       </c>
       <c r="C323" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>LA RONDE DES DECOUVERTES 08</t>
+          <t>LYCEE CFA ALPHONSE HEINRICH - XAVIER NESSEL</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>39826663500034</t>
+          <t>19671509800055</t>
         </is>
       </c>
       <c r="C324" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>LABEL EMMAUS</t>
+          <t>LYCEE DES METIERS  YVES THEPOT</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>82148900200021</t>
+          <t>19290071000026</t>
         </is>
       </c>
       <c r="C325" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>LE KALEIDOSCOPE (LE KA)</t>
+          <t>LYCEE DES METIERS PIERRE MENDES FRANCE</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>81902366400025</t>
+          <t>19350030300030</t>
         </is>
       </c>
       <c r="C326" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>LEGTA DE NIMES-RODILHAN</t>
+          <t>LYCEE ENS GEN TECHNO GUSTAVE FLAUBERT</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>19300139300019</t>
+          <t>19760096800022</t>
         </is>
       </c>
       <c r="C327" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>LEO LAGRANGE FORMATION</t>
+          <t>LYCEE GENERAL ET TECHNOLOGIQUE ALEXIS MONTEIL</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>31065677200335</t>
+          <t>19120024500022</t>
         </is>
       </c>
       <c r="C328" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>LEO LAGRANGE FORMATION</t>
+          <t>LYCEE GENERAL ET TECHNOLOGIQUE AUGUSTE RENOIR</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>31065677200236</t>
+          <t>19920131000042</t>
         </is>
       </c>
       <c r="C329" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>LEO LAGRANGE FORMATION</t>
+          <t>LYCEE GENERAL ET TECHNOLOGIQUE BOURDELLE</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>31065677200343</t>
+          <t>19820021400049</t>
         </is>
       </c>
       <c r="C330" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>LEO LAGRANGE FORMATION</t>
+          <t>LYCEE GENERAL ET TECHNOLOGIQUE CAMILLE JULLIAN</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>31065677200269</t>
+          <t>19330023300031</t>
         </is>
       </c>
       <c r="C331" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>LEO LAGRANGE FORMATION</t>
+          <t>LYCEE GENERAL ET TECHNOLOGIQUE JEAN MICHEL</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>31065677200319</t>
+          <t>19390019800030</t>
         </is>
       </c>
       <c r="C332" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>LES 13 VENTS  ECOLE INTERNATIONALE DES METIERS ET DES COMPETENCES LIMOUSIN</t>
+          <t>LYCEE GENERAL ET TECHNOLOGIQUE LIVET</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>79964373900011</t>
+          <t>19440029700025</t>
         </is>
       </c>
       <c r="C333" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>LES ATELIERS DE LA FORET</t>
+          <t>LYCEE GENERAL ET TECHNOLOGIQUE PABLO PICASSO</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>48321091000020</t>
+          <t>19660014200059</t>
         </is>
       </c>
       <c r="C334" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>LGT LYCEE DES METIERS MARIE CURIE</t>
+          <t>LYCEE GENERAL HONORE D'URFE</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>19600020200032</t>
+          <t>19420042400027</t>
         </is>
       </c>
       <c r="C335" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>LIEU-RESSOURCES-FORMATION</t>
+          <t>LYCEE GENERAL TECHNIQUE EDMOND LABBE</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>33398516600029</t>
+          <t>19590065900028</t>
         </is>
       </c>
       <c r="C336" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>LIGUE DE L ENSEIGNEMENT DE LA DORDOGNE</t>
+          <t>LYCEE GENERAL TECHNIQUE GASTON BERGER</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>77557047600116</t>
+          <t>19590258000065</t>
         </is>
       </c>
       <c r="C337" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>LIGUE DE L'ENSEIGNEMENT DES ALPES-DE-HAUTE-PROVENCE</t>
+          <t>LYCEE GENERAL TECHNO DIT DHUODA - GRETA DU GARD</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>38883220600022</t>
+          <t>19300026200025</t>
         </is>
       </c>
       <c r="C338" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>LPO LYCEE DES METIERS FRANCOIS BAZIN</t>
+          <t>LYCEE GENERAL TECHNOLOGIQUE G. EIFFEL</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>19080008600026</t>
+          <t>19931272900023</t>
         </is>
       </c>
       <c r="C339" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>LV CONSULTANTS</t>
+          <t>LYCEE GENERAL TECHNOLOGIQUE HENRI LORITZ</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>84167697600019</t>
+          <t>19540042900013</t>
         </is>
       </c>
       <c r="C340" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>LV CONSULTANTS</t>
+          <t>LYCEE GENERAL TECHNOLOGIQUE LA HOTOIE</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>84167697600027</t>
+          <t>19800049900022</t>
         </is>
       </c>
       <c r="C341" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>LV CONSULTANTS</t>
+          <t>LYCEE LIBERGIER</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>84167697600035</t>
+          <t>19510035900023</t>
         </is>
       </c>
       <c r="C342" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>LYC GEN ET TECHNOLOGIQUE CONDORCET</t>
+          <t>LYCEE POLYVALENT GUSTAVE MONOD</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>19020050100038</t>
+          <t>20006116600050</t>
         </is>
       </c>
       <c r="C343" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>LYCEE CFA ALPHONSE HEINRICH - XAVIER NESSEL</t>
+          <t>LYCEE POLYVALENT JEAN BAPTISTE COLBERT</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>19671509800055</t>
+          <t>19560026700049</t>
         </is>
       </c>
       <c r="C344" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>LYCEE DES METIERS  YVES THEPOT</t>
+          <t>LYCEE POLYVALENT JEAN MERMOZ</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>19290071000026</t>
+          <t>19340042100023</t>
         </is>
       </c>
       <c r="C345" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>LYCEE ENS GEN TECHNO GUSTAVE FLAUBERT</t>
+          <t>LYCEE POLYVALENT JEAN MOULIN</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>19760096800022</t>
+          <t>19340011600029</t>
         </is>
       </c>
       <c r="C346" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>LYCEE GEN TECH LA MARTINIERE MONPLAISIR</t>
+          <t>LYCEE POLYVALENT LANGEVIN WALLON</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>19692866700027</t>
+          <t>19940113400028</t>
         </is>
       </c>
       <c r="C347" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>LYCEE GENERAL ET TECHNOLOGIQUE ALEXIS MONTEIL</t>
+          <t>LYCEE POLYVALENT LES LOMBARDS</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>19120024500022</t>
+          <t>19100025600039</t>
         </is>
       </c>
       <c r="C348" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>LYCEE GENERAL ET TECHNOLOGIQUE AUGUSTE RENOIR</t>
+          <t>LYCEE POLYVALENT PAUL LANGEVIN - LYCEE DES METIERS DE L'INDUSTRIE</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>19920131000042</t>
+          <t>19830923900012</t>
         </is>
       </c>
       <c r="C349" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>LYCEE GENERAL ET TECHNOLOGIQUE BOURDELLE</t>
+          <t>LYCEE POLYVALENT TECHNOLOGIQUE E BELIN</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>19820021400049</t>
+          <t>19700905300020</t>
         </is>
       </c>
       <c r="C350" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>LYCEE GENERAL ET TECHNOLOGIQUE CAMILLE JULLIAN</t>
+          <t>LYCEE POLYVALENT VIOLLET-LE-DUC</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>19330023300031</t>
+          <t>19782587000052</t>
         </is>
       </c>
       <c r="C351" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>LYCEE GENERAL ET TECHNOLOGIQUE DOMINIQUE VILLARS</t>
+          <t>LYCEE TECHNOLOGIQUE DEODAT DE SEVERAC</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>19050006600039</t>
+          <t>19310044300020</t>
         </is>
       </c>
       <c r="C352" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>LYCEE GENERAL ET TECHNOLOGIQUE JEAN MICHEL</t>
+          <t>LYCEE TECHNOLOGIQUE-ECOLE NAT COMMERCE</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>19390019800030</t>
+          <t>19750707200027</t>
         </is>
       </c>
       <c r="C353" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>LYCEE GENERAL ET TECHNOLOGIQUE LIVET</t>
+          <t>MAISON DE QUARTIER GODELEINE PETIT - CENTRE SOCIAL DU VIEUX LILLE</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>19440029700025</t>
+          <t>34179264600026</t>
         </is>
       </c>
       <c r="C354" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>LYCEE GENERAL ET TECHNOLOGIQUE PABLO PICASSO</t>
+          <t>MAISON EMPLOI ENTREPRISE - MIFE ISERE</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>19660014200059</t>
+          <t>42378047700026</t>
         </is>
       </c>
       <c r="C355" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>LYCEE GENERAL HONORE D'URFE</t>
+          <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION DES SAVANES</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>19420042400027</t>
+          <t>90490532000019</t>
         </is>
       </c>
       <c r="C356" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>LYCEE GENERAL TECHNIQUE EDMOND LABBE</t>
+          <t>MAISON FAMILIALE RURALE DES FLEUVES DE L'EST</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>19590065900028</t>
+          <t>50823203000025</t>
         </is>
       </c>
       <c r="C357" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>LYCEE GENERAL TECHNIQUE GASTON BERGER</t>
+          <t>MAISON FAMILIALE RURALE PERIGORD LIMOUSIN</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>19590258000065</t>
+          <t>77802871200033</t>
         </is>
       </c>
       <c r="C358" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>LYCEE GENERAL TECHNO DIT DHUODA - GRETA DU GARD</t>
+          <t>MEDEO FORMATION</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>19300026200025</t>
+          <t>82236086300036</t>
         </is>
       </c>
       <c r="C359" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>LYCEE GENERAL TECHNOLOGIQUE G. EIFFEL</t>
+          <t>MEDIA FORMATION</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>19931272900023</t>
+          <t>40334440100035</t>
         </is>
       </c>
       <c r="C360" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>LYCEE GENERAL TECHNOLOGIQUE HENRI LORITZ</t>
+          <t>MEDIAGRAPH</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>19540042900013</t>
+          <t>41889438200054</t>
         </is>
       </c>
       <c r="C361" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>LYCEE GENERAL TECHNOLOGIQUE LA HOTOIE</t>
+          <t>MEDIT ORDINATEURS POUR DEVELOPT &amp; EMPLOI</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>19800049900022</t>
+          <t>41204013100036</t>
         </is>
       </c>
       <c r="C362" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>LYCEE LIBERGIER</t>
+          <t>MOOVEUS</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>19510035900023</t>
+          <t>85001923300020</t>
         </is>
       </c>
       <c r="C363" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>LYCEE POLYVALENT GUSTAVE MONOD</t>
+          <t>MUSE</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>20006116600050</t>
+          <t>48040622200079</t>
         </is>
       </c>
       <c r="C364" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>LYCEE POLYVALENT JEAN BAPTISTE COLBERT</t>
+          <t>NEXTLEVEL@PRO</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>19560026700049</t>
+          <t>75361228200024</t>
         </is>
       </c>
       <c r="C365" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>LYCEE POLYVALENT JEAN MERMOZ</t>
+          <t>NOITULOS / SOLUTION</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>19340042100023</t>
+          <t>88384923400017</t>
         </is>
       </c>
       <c r="C366" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>LYCEE POLYVALENT JEAN MOULIN</t>
+          <t>NUEVO CONSEIL ET FORMATION</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>19340011600029</t>
+          <t>75051209700056</t>
         </is>
       </c>
       <c r="C367" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>LYCEE POLYVALENT LANGEVIN WALLON</t>
+          <t>OFFICE MUNICIPAL EDUCATION PERMANENTE</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>19940113400028</t>
+          <t>32461254800028</t>
         </is>
       </c>
       <c r="C368" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>LYCEE POLYVALENT LES LOMBARDS</t>
+          <t>ONLINEFORMAPRO</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>19100025600039</t>
+          <t>42478033600014</t>
         </is>
       </c>
       <c r="C369" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>LYCEE POLYVALENT PAUL LANGEVIN - LYCEE DES METIERS DE L'INDUSTRIE</t>
+          <t>ORAKIN SUR MESURE</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>19830923900012</t>
+          <t>52391127900033</t>
         </is>
       </c>
       <c r="C370" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>LYCEE POLYVALENT PHILIPPE DE GIRARD</t>
+          <t>ORDINAT'HEM</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>19840005300023</t>
+          <t>33981654800038</t>
         </is>
       </c>
       <c r="C371" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>LYCEE POLYVALENT TECHNOLOGIQUE E BELIN</t>
+          <t>ORGANISME FORMATION RETOUR A L'EMPLOI</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>19700905300020</t>
+          <t>40904808900059</t>
         </is>
       </c>
       <c r="C372" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>LYCEE POLYVALENT VIOLLET-LE-DUC</t>
+          <t>OTOS 13 FORMATION, ORGANISME DE FORMATION</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>19782587000052</t>
+          <t>53213677700028</t>
         </is>
       </c>
       <c r="C373" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>LYCEE TECHNOLOGIQUE DEODAT DE SEVERAC</t>
+          <t>PARTENAIRE INSERTION FORMATION</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>19310044300020</t>
+          <t>39870175500041</t>
         </is>
       </c>
       <c r="C374" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>LYCEE TECHNOLOGIQUE-ECOLE NAT COMMERCE</t>
+          <t>PASSERELLES</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>19750707200027</t>
+          <t>34138658900020</t>
         </is>
       </c>
       <c r="C375" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>MAISON DE QUARTIER GODELEINE PETIT - CENTRE SOCIAL DU VIEUX LILLE</t>
+          <t>PASSERELLES</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>34179264600026</t>
+          <t>34138658900061</t>
         </is>
       </c>
       <c r="C376" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>MAISON EMPLOI ENTREPRISE - MIFE ISERE</t>
+          <t>PLURIELS NORMANDIE</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>42378047700026</t>
+          <t>83829832100012</t>
         </is>
       </c>
       <c r="C377" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION DES SAVANES</t>
+          <t>POLE FORMATION DU PAYS D'ARLES</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>90490532000019</t>
+          <t>38465906600037</t>
         </is>
       </c>
       <c r="C378" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>MAISON FAMILIALE RURALE DES FLEUVES DE L'EST</t>
+          <t>PREVENTION CULTURE ET FORMATION</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>50823203000025</t>
+          <t>77562520500106</t>
         </is>
       </c>
       <c r="C379" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>MAISON FAMILIALE RURALE PERIGORD LIMOUSIN</t>
+          <t>PURPLE CAMPUS</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>77802871200033</t>
+          <t>89079142900040</t>
         </is>
       </c>
       <c r="C380" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>MEDEO FORMATION</t>
+          <t>PURPLE CAMPUS</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>82236086300036</t>
+          <t>89079142900065</t>
         </is>
       </c>
       <c r="C381" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>MEDIA FORMATION</t>
+          <t>PURPLE CAMPUS</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>40334440100035</t>
+          <t>89079142900073</t>
         </is>
       </c>
       <c r="C382" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>MEDIAGRAPH</t>
+          <t>PURPLE CAMPUS</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>41889438200054</t>
+          <t>89079142900099</t>
         </is>
       </c>
       <c r="C383" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>MEDIT ORDINATEURS POUR DEVELOPT &amp; EMPLOI</t>
+          <t>PURPLE CAMPUS</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>41204013100036</t>
+          <t>89079142900107</t>
         </is>
       </c>
       <c r="C384" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>MOOVEUS</t>
+          <t>PURPLE CAMPUS</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>85001923300020</t>
+          <t>89079142900123</t>
         </is>
       </c>
       <c r="C385" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>MUSE</t>
+          <t>PURPLE CAMPUS</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>48040622200079</t>
+          <t>89079142900230</t>
         </is>
       </c>
       <c r="C386" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>NEXTLEVEL@PRO</t>
+          <t>PURPLE CAMPUS</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>75361228200024</t>
+          <t>89079142900131</t>
         </is>
       </c>
       <c r="C387" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>NOITULOS / SOLUTION</t>
+          <t>PURPLE CAMPUS</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>88384923400017</t>
+          <t>89079142900149</t>
         </is>
       </c>
       <c r="C388" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>NUEVO CONSEIL ET FORMATION</t>
+          <t>PURPLE CAMPUS</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>75051209700056</t>
+          <t>89079142900248</t>
         </is>
       </c>
       <c r="C389" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>OFFICE MUNICIPAL EDUCATION PERMANENTE</t>
+          <t>PURPLE CAMPUS</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>32461254800028</t>
+          <t>89079142900164</t>
         </is>
       </c>
       <c r="C390" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>ONLINEFORMAPRO</t>
+          <t>PURPLE CAMPUS</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>42478033600014</t>
+          <t>89079142900172</t>
         </is>
       </c>
       <c r="C391" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>ORAKIN SUR MESURE</t>
+          <t>PURPLE CAMPUS</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>52391127900033</t>
+          <t>89079142900180</t>
         </is>
       </c>
       <c r="C392" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>ORDINAT'HEM</t>
+          <t>PURPLE CAMPUS</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>33981654800038</t>
+          <t>89079142900198</t>
         </is>
       </c>
       <c r="C393" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>ORGANISME FORMATION RETOUR A L'EMPLOI</t>
+          <t>PURPLE CAMPUS</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>40904808900059</t>
+          <t>89079142900206</t>
         </is>
       </c>
       <c r="C394" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>OTOS 13 FORMATION, ORGANISME DE FORMATION</t>
+          <t>PURPLE CAMPUS</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>53213677700028</t>
+          <t>89079142900214</t>
         </is>
       </c>
       <c r="C395" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>PARTENAIRE INSERTION FORMATION</t>
+          <t>RE.FOR.ME (REGROUPEMENT FORMATION EMPLOI)</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>39870175500041</t>
+          <t>39097222200033</t>
         </is>
       </c>
       <c r="C396" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>PASSERELLES</t>
+          <t>REBONDIR</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>34138658900020</t>
+          <t>51383112300015</t>
         </is>
       </c>
       <c r="C397" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>PASSERELLES</t>
+          <t>REFLETS</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>34138658900061</t>
+          <t>33208779000058</t>
         </is>
       </c>
       <c r="C398" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>PLURIELS NORMANDIE</t>
+          <t>RESSOURCES DYNAMISME DEV. FORMATION</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>83829832100012</t>
+          <t>44524552500040</t>
         </is>
       </c>
       <c r="C399" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>POLE FORMATION DU PAYS D'ARLES</t>
+          <t>RETRAVAILLER ALSACE</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>38465906600037</t>
+          <t>42373373200048</t>
         </is>
       </c>
       <c r="C400" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>POLE INSERTION 13</t>
+          <t>RETRAVAILLER DANS L OUEST</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>77568879901969</t>
+          <t>37761090200480</t>
         </is>
       </c>
       <c r="C401" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>POSSIBLE</t>
+          <t>RETRAVAILLER DANS L OUEST</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>81196084800018</t>
+          <t>37761090200498</t>
         </is>
       </c>
       <c r="C402" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>PREFACE POLE RECHER FORMAT ACTION EDUCAT</t>
+          <t>RETRAVAILLER DANS L OUEST</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>44044066700028</t>
+          <t>37761090200449</t>
         </is>
       </c>
       <c r="C403" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>PREFACE POLE RECHER FORMAT ACTION EDUCAT</t>
+          <t>RETRAVAILLER DANS L OUEST</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>44044066700044</t>
+          <t>37761090200423</t>
         </is>
       </c>
       <c r="C404" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>PREFACE POLE RECHER FORMAT ACTION EDUCAT</t>
+          <t>RETRAVAILLER DANS L OUEST</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>44044066700093</t>
+          <t>37761090200126</t>
         </is>
       </c>
       <c r="C405" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>PREVENTION CULTURE ET FORMATION</t>
+          <t>RETRAVAILLER DANS L OUEST</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>77562520500106</t>
+          <t>37761090200274</t>
         </is>
       </c>
       <c r="C406" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>PURPLE CAMPUS</t>
+          <t>RETRAVAILLER DANS L OUEST</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>89079142900040</t>
+          <t>37761090200282</t>
         </is>
       </c>
       <c r="C407" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>PURPLE CAMPUS</t>
+          <t>RETRAVAILLER DANS L OUEST</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>89079142900065</t>
+          <t>37761090200290</t>
         </is>
       </c>
       <c r="C408" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>PURPLE CAMPUS</t>
+          <t>RETRAVAILLER DANS L OUEST</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>89079142900073</t>
+          <t>37761090200365</t>
         </is>
       </c>
       <c r="C409" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>PURPLE CAMPUS</t>
+          <t>RETRAVAILLER DANS L OUEST</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>89079142900099</t>
+          <t>37761090200373</t>
         </is>
       </c>
       <c r="C410" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>PURPLE CAMPUS</t>
+          <t>RETRAVAILLER DANS L OUEST</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>89079142900107</t>
+          <t>37761090200381</t>
         </is>
       </c>
       <c r="C411" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>PURPLE CAMPUS</t>
+          <t>RETRAVAILLER DANS L OUEST</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>89079142900123</t>
+          <t>37761090200399</t>
         </is>
       </c>
       <c r="C412" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>PURPLE CAMPUS</t>
+          <t>RETRAVAILLER DANS L OUEST</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>89079142900230</t>
+          <t>37761090200415</t>
         </is>
       </c>
       <c r="C413" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>PURPLE CAMPUS</t>
+          <t>RETRAVAILLER DANS L OUEST</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>89079142900131</t>
+          <t>37761090200431</t>
         </is>
       </c>
       <c r="C414" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>PURPLE CAMPUS</t>
+          <t>RETRAVAILLER DANS L OUEST</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>89079142900248</t>
+          <t>37761090200456</t>
         </is>
       </c>
       <c r="C415" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>PURPLE CAMPUS</t>
+          <t>RETRAVAILLER EGP</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>89079142900149</t>
+          <t>53014903800032</t>
         </is>
       </c>
       <c r="C416" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>PURPLE CAMPUS</t>
+          <t>RETRAVAILLER NORD-PICARDIE</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>89079142900164</t>
+          <t>79490845900025</t>
         </is>
       </c>
       <c r="C417" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>PURPLE CAMPUS</t>
+          <t>REUNION PORTAGE</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>89079142900172</t>
+          <t>78846591200038</t>
         </is>
       </c>
       <c r="C418" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>PURPLE CAMPUS</t>
+          <t>RHONE EMPLOIS NOUVEAUX</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>89079142900180</t>
+          <t>42412249700011</t>
         </is>
       </c>
       <c r="C419" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>PURPLE CAMPUS</t>
+          <t>RIFAL FORMATION</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>89079142900198</t>
+          <t>91826304700022</t>
         </is>
       </c>
       <c r="C420" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>PURPLE CAMPUS</t>
+          <t>SAINT ANDRE SOLIDARITE FORMATION</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>89079142900206</t>
+          <t>37763159300037</t>
         </is>
       </c>
       <c r="C421" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>PURPLE CAMPUS</t>
+          <t>SARL DEVELOPPEMENT AGRO ECONOMIQUE SECURITE ALIMENTAIRE</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>89079142900214</t>
+          <t>49784180900039</t>
         </is>
       </c>
       <c r="C422" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>RE.FOR.ME (REGROUPEMENT FORMATION EMPLOI)</t>
+          <t>SARL DEVELOPPEMENT AGRO ECONOMIQUE SECURITE ALIMENTAIRE</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>39097222200033</t>
+          <t>49784180900021</t>
         </is>
       </c>
       <c r="C423" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>REBONDIR</t>
+          <t>SAVOIR UNI</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>51383112300015</t>
+          <t>93375743700019</t>
         </is>
       </c>
       <c r="C424" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>REFLETS</t>
+          <t>SCOP INSTEP</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>33208779000058</t>
+          <t>40487427300257</t>
         </is>
       </c>
       <c r="C425" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>RESSOURCES DYNAMISME DEV. FORMATION</t>
+          <t>SFM ACCUEIL ET DEVELOPPEMENT</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>44524552500040</t>
+          <t>39988868400012</t>
         </is>
       </c>
       <c r="C426" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>RETRAVAILLER ALSACE</t>
+          <t>SIGMA FORMATION</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>42373373200048</t>
+          <t>31036079700032</t>
         </is>
       </c>
       <c r="C427" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>RETRAVAILLER DANS L OUEST</t>
+          <t>SIMPLON CO</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>37761090200480</t>
+          <t>79279132900040</t>
         </is>
       </c>
       <c r="C428" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>RETRAVAILLER DANS L OUEST</t>
+          <t>SIMPLON.CO</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>37761090200498</t>
+          <t>79279132900107</t>
         </is>
       </c>
       <c r="C429" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>RETRAVAILLER DANS L OUEST</t>
+          <t>SIMPLON.CO</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>37761090200449</t>
+          <t>79279132900016</t>
         </is>
       </c>
       <c r="C430" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>RETRAVAILLER DANS L OUEST</t>
+          <t>SIMPLON.CO</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>37761090200423</t>
+          <t>79279132900172</t>
         </is>
       </c>
       <c r="C431" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>RETRAVAILLER DANS L OUEST</t>
+          <t>SOC FORMATION EMPLOI INSERTION</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>37761090200126</t>
+          <t>40308835400077</t>
         </is>
       </c>
       <c r="C432" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>RETRAVAILLER DANS L OUEST</t>
+          <t>SOCIETE COOPERATIVE D INTERET COLLECTIF INFORMATION FORMATION ANIMATION DEVELOPPEMENT</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>37761090200274</t>
+          <t>38078886900028</t>
         </is>
       </c>
       <c r="C433" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>RETRAVAILLER DANS L OUEST</t>
+          <t>SOCIETE DE FORMATION INDUSTRIELLE EN PRODUCTIQUE</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>37761090200282</t>
+          <t>34023989600087</t>
         </is>
       </c>
       <c r="C434" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>RETRAVAILLER DANS L OUEST</t>
+          <t>SOCIETE NOUVELLE INTERNATIONAL HOUSE CENTRE DE LANGUES RIVIERA</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>37761090200290</t>
+          <t>89020439900020</t>
         </is>
       </c>
       <c r="C435" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>RETRAVAILLER DANS L OUEST</t>
+          <t>SOF CONSEIL ET FORMATION</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>37761090200365</t>
+          <t>81944341700012</t>
         </is>
       </c>
       <c r="C436" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>RETRAVAILLER DANS L OUEST</t>
+          <t>SOF CONSEIL ET FORMATION</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>37761090200373</t>
+          <t>81944341700020</t>
         </is>
       </c>
       <c r="C437" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>RETRAVAILLER DANS L OUEST</t>
+          <t>SOF CONSEIL ET FORMATION</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>37761090200381</t>
+          <t>81944341700038</t>
         </is>
       </c>
       <c r="C438" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>RETRAVAILLER DANS L OUEST</t>
+          <t>SOF CONSEIL ET FORMATION</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>37761090200399</t>
+          <t>81944341700046</t>
         </is>
       </c>
       <c r="C439" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>RETRAVAILLER DANS L OUEST</t>
+          <t>SOLIDARITE ET JALONS POUR LE TRAVAIL</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>37761090200415</t>
+          <t>31839329500742</t>
         </is>
       </c>
       <c r="C440" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>RETRAVAILLER DANS L OUEST</t>
+          <t>SOLIDARITE ET JALONS POUR LE TRAVAIL</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>37761090200431</t>
+          <t>31839329500759</t>
         </is>
       </c>
       <c r="C441" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>RETRAVAILLER DANS L OUEST</t>
+          <t>SOLIDARITE ET JALONS POUR LE TRAVAIL</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>37761090200456</t>
+          <t>31839329500858</t>
         </is>
       </c>
       <c r="C442" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>RETRAVAILLER EGP</t>
+          <t>SOLIDARITE ET JALONS POUR LE TRAVAIL</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>53014903800032</t>
+          <t>31839329500866</t>
         </is>
       </c>
       <c r="C443" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>RETRAVAILLER NORD-PICARDIE</t>
+          <t>SOLIDARITE ET JALONS POUR LE TRAVAIL</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>79490845900025</t>
+          <t>31839329500833</t>
         </is>
       </c>
       <c r="C444" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>REUNION PORTAGE</t>
+          <t>SOLIDARITE ET JALONS POUR LE TRAVAIL</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>78846591200038</t>
+          <t>31839329500817</t>
         </is>
       </c>
       <c r="C445" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>RH PERFORMANCE</t>
+          <t>SOLIDARITE ET JALONS POUR LE TRAVAIL</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>79795608300027</t>
+          <t>31839329500882</t>
         </is>
       </c>
       <c r="C446" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>RHONE EMPLOIS NOUVEAUX</t>
+          <t>SOLIDARITE ET JALONS POUR LE TRAVAIL</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>42412249700011</t>
+          <t>31839329500635</t>
         </is>
       </c>
       <c r="C447" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>RIFAL FORMATION</t>
+          <t>SOLIDARITE ET JALONS POUR LE TRAVAIL</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>91826304700022</t>
+          <t>31839329500676</t>
         </is>
       </c>
       <c r="C448" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>SAINT ANDRE SOLIDARITE FORMATION</t>
+          <t>SOLIDARITE ET JALONS POUR LE TRAVAIL</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>37763159300037</t>
+          <t>31839329500650</t>
         </is>
       </c>
       <c r="C449" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>SARL DEVELOPPEMENT AGRO ECONOMIQUE SECURITE ALIMENTAIRE</t>
+          <t>SOLIDARITE ET JALONS POUR LE TRAVAIL</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>49784180900039</t>
+          <t>31839329500874</t>
         </is>
       </c>
       <c r="C450" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>SARL DEVELOPPEMENT AGRO ECONOMIQUE SECURITE ALIMENTAIRE</t>
+          <t>SOLIDARITE ET JALONS POUR LE TRAVAIL</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>49784180900021</t>
+          <t>31839329500429</t>
         </is>
       </c>
       <c r="C451" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>SAVOIR UNI</t>
+          <t>SOLIDARITE ET JALONS POUR LE TRAVAIL</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>93375743700019</t>
+          <t>31839329500437</t>
         </is>
       </c>
       <c r="C452" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>SAVOIRS FORMATION REINSERTION</t>
+          <t>SOLIDARITE ET JALONS POUR LE TRAVAIL</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>38761899400025</t>
+          <t>31839329500486</t>
         </is>
       </c>
       <c r="C453" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>SCOP INSTEP</t>
+          <t>SOLIDARITE ET JALONS POUR LE TRAVAIL</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>40487427300257</t>
+          <t>31839329500494</t>
         </is>
       </c>
       <c r="C454" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>SFM ACCUEIL ET DEVELOPPEMENT</t>
+          <t>SOLIDARITE ET JALONS POUR LE TRAVAIL</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>39988868400012</t>
+          <t>31839329500528</t>
         </is>
       </c>
       <c r="C455" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>SIGMA FORMATION</t>
+          <t>SOLIDARITE ET JALONS POUR LE TRAVAIL</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>31036079700032</t>
+          <t>31839329500551</t>
         </is>
       </c>
       <c r="C456" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>SIMPLON CO</t>
+          <t>SOLIDARITE ET JALONS POUR LE TRAVAIL</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>79279132900040</t>
+          <t>31839329500569</t>
         </is>
       </c>
       <c r="C457" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>SIMPLON.CO</t>
+          <t xml:space="preserve">STUDI </t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>79279132900107</t>
+          <t>91114836900018</t>
         </is>
       </c>
       <c r="C458" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>SIMPLON.CO</t>
+          <t>SUD'MANAGEMENT ENTREPRISES</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>79279132900016</t>
+          <t>38980220800014</t>
         </is>
       </c>
       <c r="C459" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>SIXTENE CONSEIL ET FORMATION</t>
+          <t>SYN'OI</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>89321972500015</t>
+          <t>50921839200033</t>
         </is>
       </c>
       <c r="C460" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>SOC FORMATION EMPLOI INSERTION</t>
+          <t>SYNAPSE 3I</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>40308835400077</t>
+          <t>80328733300022</t>
         </is>
       </c>
       <c r="C461" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>SOCIETE COOPERATIVE D INTERET COLLECTIF INFORMATION FORMATION ANIMATION DEVELOPPEMENT</t>
+          <t>SYNERGIE OCEAN INDIEN</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>38078886900028</t>
+          <t>50921839200025</t>
         </is>
       </c>
       <c r="C462" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>SOCIETE DE FORMATION INDUSTRIELLE EN PRODUCTIQUE</t>
+          <t>UNION FRANCAISE CENTRE VACANCES LOISIRS</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>34023989600087</t>
+          <t>77568562101349</t>
         </is>
       </c>
       <c r="C463" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>SOCIETE NOUVELLE INTERNATIONAL HOUSE CENTRE DE LANGUES RIVIERA</t>
+          <t>UNION FRANCAISE CENTRE VACANCES LOISIRS</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>89020439900020</t>
+          <t>77568562101414</t>
         </is>
       </c>
       <c r="C464" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>SOF CONSEIL ET FORMATION</t>
+          <t>UNION FRANCAISE CENTRE VACANCES LOISIRS</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>81944341700012</t>
+          <t>77568562101398</t>
         </is>
       </c>
       <c r="C465" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>SOF CONSEIL ET FORMATION</t>
+          <t>UNION FRANCAISE CENTRE VACANCES LOISIRS</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>81944341700020</t>
+          <t>77568562101133</t>
         </is>
       </c>
       <c r="C466" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>SOF CONSEIL ET FORMATION</t>
+          <t>UNION FRANCAISE CENTRE VACANCES LOISIRS</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>81944341700038</t>
+          <t>77568562101174</t>
         </is>
       </c>
       <c r="C467" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>SOF CONSEIL ET FORMATION</t>
+          <t>UNION FRANCAISE CENTRE VACANCES LOISIRS</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>81944341700046</t>
+          <t>77568562101356</t>
         </is>
       </c>
       <c r="C468" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>SOLIDARITE ET JALONS POUR LE TRAVAIL</t>
+          <t>UNION FRANCAISE CENTRE VACANCES LOISIRS</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>31839329500742</t>
+          <t>77568562101521</t>
         </is>
       </c>
       <c r="C469" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>SOLIDARITE ET JALONS POUR LE TRAVAIL</t>
+          <t>WERSUS</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>31839329500759</t>
+          <t>85115180300026</t>
         </is>
       </c>
       <c r="C470" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>SOLIDARITE ET JALONS POUR LE TRAVAIL</t>
+          <t>ZARBOUTAN</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>31839329500858</t>
+          <t>87911848700013</t>
         </is>
       </c>
       <c r="C471" s="1" t="inlineStr">
-        <is>
-[...695 lines deleted...]
-      <c r="C512" s="1" t="inlineStr">
         <is>
           <t>Habilitation pour former et organiser l’évaluation</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>France compétences</dc:creator>
 </cp:coreProperties>
 </file>